--- v0 (2025-10-13)
+++ v1 (2026-01-23)
@@ -1,63 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="44ABDF98" w14:textId="08276341" w:rsidR="00A25550" w:rsidRDefault="00A25550" w:rsidP="00A25550">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4153"/>
           <w:tab w:val="clear" w:pos="8306"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Муниципальное </w:t>
       </w:r>
       <w:r w:rsidR="00D709A0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>автономное обще</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>образовательное учреждение</w:t>
       </w:r>
     </w:p>
@@ -414,73 +416,64 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76893381" w14:textId="77777777" w:rsidR="00A25550" w:rsidRPr="00EB16AA" w:rsidRDefault="00A25550" w:rsidP="00F96A32">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB16AA">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3221" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0889C79D" w14:textId="31742F73" w:rsidR="00A25550" w:rsidRPr="00EB16AA" w:rsidRDefault="00511C58" w:rsidP="00511C58">
+          <w:p w14:paraId="0889C79D" w14:textId="77777777" w:rsidR="00A25550" w:rsidRPr="00EB16AA" w:rsidRDefault="00A25550" w:rsidP="00F96A32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> участника</w:t>
+            <w:r w:rsidRPr="00EB16AA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Фамилия, имя участника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28BB8D4E" w14:textId="77777777" w:rsidR="00A25550" w:rsidRPr="00EB16AA" w:rsidRDefault="00A25550" w:rsidP="00F96A32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB16AA">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -853,227 +846,295 @@
         <w:t xml:space="preserve"> за участие в </w:t>
       </w:r>
       <w:r w:rsidR="00380EA1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>конкурсе</w:t>
       </w:r>
       <w:r w:rsidRPr="00473CB3">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59436949" w14:textId="77777777" w:rsidR="00A25550" w:rsidRPr="0010305C" w:rsidRDefault="00A25550" w:rsidP="00A25550">
       <w:pPr>
         <w:ind w:left="-993" w:firstLine="993"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0010305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ФИО:_______________________________________________</w:t>
+        <w:t>ФИО:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0010305C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A2AF116" w14:textId="77777777" w:rsidR="00A25550" w:rsidRPr="0010305C" w:rsidRDefault="00A25550" w:rsidP="00A25550">
       <w:pPr>
         <w:ind w:left="-993" w:firstLine="993"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0010305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Должность:__________________________________________</w:t>
+        <w:t>Должность:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0010305C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C6F8B1F" w14:textId="77777777" w:rsidR="00A25550" w:rsidRPr="0010305C" w:rsidRDefault="00A25550" w:rsidP="00A25550">
       <w:pPr>
         <w:ind w:left="-993" w:firstLine="993"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0010305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Телефон раб.:________________________________________</w:t>
+        <w:t xml:space="preserve">Телефон </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0010305C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>раб.:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0010305C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E38EB98" w14:textId="77777777" w:rsidR="00A25550" w:rsidRPr="0010305C" w:rsidRDefault="00A25550" w:rsidP="00A25550">
       <w:pPr>
         <w:ind w:left="-993" w:firstLine="993"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0010305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Телефон моб.:________________________________________</w:t>
+        <w:t xml:space="preserve">Телефон </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0010305C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>моб.:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0010305C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78B2FD0F" w14:textId="77777777" w:rsidR="00A25550" w:rsidRPr="0010305C" w:rsidRDefault="00A25550" w:rsidP="00A25550">
       <w:pPr>
         <w:ind w:left="-993" w:firstLine="993"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0010305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Факс:________________________________________________</w:t>
+        <w:t>Факс:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0010305C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05A3164C" w14:textId="77777777" w:rsidR="00A25550" w:rsidRPr="0010305C" w:rsidRDefault="00A25550" w:rsidP="00A25550">
       <w:pPr>
         <w:ind w:left="-993" w:firstLine="993"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0010305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Е-</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0010305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>mail</w:t>
       </w:r>
       <w:r w:rsidRPr="0010305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>:_______________________________________________</w:t>
+        <w:t>:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0010305C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C9B202C" w14:textId="77777777" w:rsidR="00A25550" w:rsidRDefault="00A25550" w:rsidP="00A25550">
       <w:pPr>
         <w:ind w:left="-993" w:firstLine="993"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="462E2B86" w14:textId="77777777" w:rsidR="00A25550" w:rsidRDefault="00A25550" w:rsidP="00A25550">
       <w:pPr>
         <w:ind w:left="-993" w:firstLine="993"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="744890F6" w14:textId="77777777" w:rsidR="00F34A88" w:rsidRDefault="00F34A88"/>
     <w:sectPr w:rsidR="00F34A88" w:rsidSect="004D7103">
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
+    <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="171F4335"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A15CF618"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1150,109 +1211,113 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
+  <w:hideSpellingErrors/>
+  <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A25550"/>
+    <w:rsid w:val="000511BC"/>
     <w:rsid w:val="00183D10"/>
     <w:rsid w:val="00380EA1"/>
-    <w:rsid w:val="00476AA0"/>
     <w:rsid w:val="004D7103"/>
-    <w:rsid w:val="00511C58"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00582E7F"/>
+    <w:rsid w:val="009C5DC9"/>
+    <w:rsid w:val="00A23F72"/>
     <w:rsid w:val="00A25550"/>
+    <w:rsid w:val="00A36DAC"/>
+    <w:rsid w:val="00A65EFF"/>
+    <w:rsid w:val="00AD14AD"/>
     <w:rsid w:val="00D709A0"/>
     <w:rsid w:val="00DD6730"/>
     <w:rsid w:val="00F34A88"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3328E245"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{A7633380-A780-4065-AE44-756AA4E6A518}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1648,51 +1713,51 @@
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:rsid w:val="00A25550"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:rsid w:val="00A25550"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -1982,69 +2047,69 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>117</Words>
-  <Characters>668</Characters>
+  <Words>115</Words>
+  <Characters>660</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>784</CharactersWithSpaces>
+  <CharactersWithSpaces>774</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mary</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>