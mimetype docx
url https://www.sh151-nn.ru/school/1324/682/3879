--- v0 (2025-10-16)
+++ v1 (2025-12-15)
@@ -1,3031 +1,8016 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00BC7216" w:rsidRDefault="00BC7216" w:rsidP="00BC7216">
+    <w:p w:rsidR="00B7746E" w:rsidRDefault="00B7746E" w:rsidP="00B7746E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="__RefHeading___14"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc108018360"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Приложение к приказу</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC7216" w:rsidRDefault="00BC7216" w:rsidP="00BC7216">
+    <w:p w:rsidR="00B7746E" w:rsidRDefault="00B7746E" w:rsidP="00B7746E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">                                                                             директора МАОУ СШ № 151</w:t>
+        <w:t>директора МАОУ СШ № 151</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC7216" w:rsidRDefault="00BC7216" w:rsidP="00BC7216">
+    <w:p w:rsidR="00B7746E" w:rsidRDefault="00B7746E" w:rsidP="00B7746E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">с углубленным изучением </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC7216" w:rsidRPr="00326116" w:rsidRDefault="00BC7216" w:rsidP="00BC7216">
+    <w:p w:rsidR="00B7746E" w:rsidRDefault="00B7746E" w:rsidP="00B7746E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00326116">
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>отдельных предметов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC7216" w:rsidRPr="00326116" w:rsidRDefault="00BC7216" w:rsidP="00BC7216">
+    <w:p w:rsidR="00B7746E" w:rsidRPr="006B3AAD" w:rsidRDefault="00B7746E" w:rsidP="00B7746E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00326116">
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «31» мая 2024г.</w:t>
+        <w:t xml:space="preserve"> 27.05.2025 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC7216" w:rsidRDefault="00BC7216" w:rsidP="00BC7216">
-[...15 lines deleted...]
-    <w:p w:rsidR="0097591E" w:rsidRDefault="0097591E" w:rsidP="00C04CED">
+    <w:p w:rsidR="0097591E" w:rsidRDefault="00B7746E" w:rsidP="00B7746E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="right"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>приказ № 294 – о</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7746E" w:rsidRDefault="00B7746E" w:rsidP="00B7746E">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="00C04CED">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Календарный план воспитательной работы</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidR="004A5203">
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00185883">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> на 2024-2025</w:t>
+        <w:t xml:space="preserve"> на 2025-2026</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C04CED" w:rsidRPr="0097591E" w:rsidRDefault="0097591E" w:rsidP="0097591E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(начальное общее образование)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
         <w:tblW w:w="9495" w:type="dxa"/>
-        <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4534"/>
-        <w:gridCol w:w="993"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2550"/>
+        <w:gridCol w:w="31"/>
+        <w:gridCol w:w="962"/>
+        <w:gridCol w:w="30"/>
+        <w:gridCol w:w="1388"/>
+        <w:gridCol w:w="176"/>
+        <w:gridCol w:w="2374"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C04CED" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="003A547F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Дела, события, мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="003A547F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="003A547F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сроки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="003A547F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C04CED" w:rsidTr="003A547F">
         <w:trPr>
           <w:trHeight w:val="85"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="003A547F">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Урочная деятельность</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="003A547F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Модуль реализуется согласно индивидуальным планам работы учителей-предметников  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="006247E2" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRPr="006247E2" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="709"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006247E2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006247E2" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRPr="00D54270" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День окончания Второй мировой войны.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006247E2" w:rsidRPr="00D54270" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День солидарности в борьбе с терроризмом.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1-4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02.09.-05.09.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006247E2" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRPr="00D54270" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международный день распространения грамотности.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>08.09.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006247E2" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRPr="00D54270" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Международный день памяти жертв фашизма (10.09) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.09.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006247E2" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRPr="00D54270" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>90 лет со дня рождения лётчика-космонавта Г. С. Титова (1935–2000)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.09.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006247E2" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRPr="00D54270" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>280 лет со дня рождения русского полководца М. И. Кутузова (1745–1813)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16.09.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006247E2" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRPr="00D54270" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>125 лет со дня рождения русского языковеда, лексикографа С. И. Ожегова (1900–1964)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22.09.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006247E2" w:rsidRDefault="006247E2" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0F4A" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9495" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRPr="004E0F4A" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0F4A" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRPr="00D54270" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Международный день музыки </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">01.10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учитель музыки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0F4A" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRPr="00D54270" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>130 лет со дня рождения великого русского поэта С. А. Есенина (1895–1925)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>03.10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0F4A" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRPr="00D54270" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День защиты животных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>04.10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0F4A" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRPr="00D54270" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Всероссийский день чтения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>09.10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0F4A" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRPr="00D54270" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80 лет со дня рождения российского актёра, режиссёра, сценариста Н. С. Михалкова (р. 1945)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22.10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0F4A" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9495" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E0F4A" w:rsidRPr="004E0F4A" w:rsidRDefault="004E0F4A" w:rsidP="003A547F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ноябрь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00495401" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRPr="00D54270" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День народного единства </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>05.11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00495401" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRPr="00D54270" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международный день энергосбережения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00495401" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRPr="00D54270" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>295 лет со дня рождения русского полководца А. В. Суворова (1730–1800)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13.11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00495401" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRPr="00D54270" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День памяти погибших при исполнении служебных обязанностей сотрудников органов внутренних дел России </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>08.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00495401" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRPr="00D54270" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>215 лет со дня рождения русского хирурга Н. И. Пирогова (1810–1881)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25.11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00495401" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRPr="00D54270" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День Государственного герба Российской Федерации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00495401" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRPr="00D54270" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международный день защиты информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28.11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00495401" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRPr="00D54270" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>145 лет со дня рождения русского поэта А. А. Блока (1880–1921)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28.11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00495401" w:rsidRDefault="00495401" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A547F" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9495" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRPr="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Декабрь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A547F" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="429"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRPr="00D54270" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День Неизвестного солдата </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>03.12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A547F" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRPr="00D54270" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международный день людей с ограниченными возможностями здоровья</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>03.12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A547F" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRPr="00D54270" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День добровольца (волонтера) в России </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>05.12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A547F" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRPr="00D54270" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День Героев Отечества  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>09.12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A547F" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRPr="00D54270" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День прав человека</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A547F" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRPr="00D54270" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День Конституции Российской Федерации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12.12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A547F" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRPr="00D54270" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100 лет со дня рождения российского композитора, народного артиста РСФСР В. Я. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шаинского</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1925—2017)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12.12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003A547F" w:rsidRDefault="003A547F" w:rsidP="003A547F">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001677E3" w:rsidTr="005160E8">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9495" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRPr="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001677E3" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRPr="00D54270" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>300 лет со дня официального открытия Академии наук в Санкт-Петербурге (1726)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRPr="006060D5" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12.01.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001677E3" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRPr="00D54270" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День памяти жертв Холокоста. День полного освобождения </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>г.Ленинграда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от фашистской блокады </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>27.01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001677E3" w:rsidTr="00CA6F78">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9495" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRPr="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001677E3" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRPr="00D54270" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День воинской славы России. День разгрома советскими войсками немецко-фашистских войск в Сталинградской битве (1943)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02.02.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001677E3" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRPr="00D54270" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Всемирный день борьбы с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ненорматичной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> лексикой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>03.02.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001677E3" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRPr="00D54270" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День зимних видов спорта в России</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>06.02.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001677E3" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRPr="00D54270" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>180 лет со дня рождения русского живописца В. Е. Маковского (1846–1920)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>09.02.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001677E3" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRPr="00D54270" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День российской науки (08.02) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>09.02.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001677E3" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRPr="00D54270" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День памяти о россиянах, исполнявших служебный долг за пределами Отечества (15.02) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13.02.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001677E3" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRPr="00D54270" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международный день родного языка (21.02). Интерактивные уроки родного русского языка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20.02.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001677E3" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRPr="00D54270" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День Арктики (28.02.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRPr="00F7471A" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7471A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.02.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001677E3" w:rsidRDefault="001677E3" w:rsidP="001677E3">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C7DB7" w:rsidTr="007D38E7">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9495" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C7DB7" w:rsidRPr="009C7DB7" w:rsidRDefault="009C7DB7" w:rsidP="009C7DB7">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C7DB7" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C7DB7" w:rsidRPr="00D54270" w:rsidRDefault="009C7DB7" w:rsidP="009C7DB7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День искусственного интеллекта (ИИ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C7DB7" w:rsidRDefault="009C7DB7" w:rsidP="009C7DB7">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C7DB7" w:rsidRDefault="009C7DB7" w:rsidP="009C7DB7">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13.03.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C7DB7" w:rsidRDefault="009C7DB7" w:rsidP="009C7DB7">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C7DB7" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C7DB7" w:rsidRPr="00D54270" w:rsidRDefault="009C7DB7" w:rsidP="009C7DB7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международный день рек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C7DB7" w:rsidRDefault="009C7DB7" w:rsidP="009C7DB7">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C7DB7" w:rsidRDefault="009C7DB7" w:rsidP="009C7DB7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13.03.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C7DB7" w:rsidRDefault="009C7DB7" w:rsidP="009C7DB7">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C7DB7" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C7DB7" w:rsidRPr="00D54270" w:rsidRDefault="009C7DB7" w:rsidP="009C7DB7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>170 лет со дня рождения русского художника М. А. Врубеля (1856—1910)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C7DB7" w:rsidRDefault="009C7DB7" w:rsidP="009C7DB7">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C7DB7" w:rsidRDefault="009C7DB7" w:rsidP="009C7DB7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17.03.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C7DB7" w:rsidRDefault="009C7DB7" w:rsidP="009C7DB7">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C7DB7" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C7DB7" w:rsidRPr="00D54270" w:rsidRDefault="009C7DB7" w:rsidP="009C7DB7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День воссоединения Крыма с Россией</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C7DB7" w:rsidRDefault="009C7DB7" w:rsidP="009C7DB7">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C7DB7" w:rsidRDefault="009C7DB7" w:rsidP="009C7DB7">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18.03.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C7DB7" w:rsidRDefault="009C7DB7" w:rsidP="009C7DB7">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C6702" w:rsidTr="009D2445">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9495" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C6702" w:rsidRPr="009C6702" w:rsidRDefault="009C6702" w:rsidP="009C6702">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C6702" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C6702" w:rsidRPr="00D54270" w:rsidRDefault="009C6702" w:rsidP="009C6702">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День космонавтики (12.04) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C6702" w:rsidRDefault="009C6702" w:rsidP="009C6702">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C6702" w:rsidRDefault="009C6702" w:rsidP="009C6702">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.04.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C6702" w:rsidRDefault="009C6702" w:rsidP="009C6702">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C6702" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C6702" w:rsidRPr="00D54270" w:rsidRDefault="009C6702" w:rsidP="009C6702">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международный день памятников и исторических мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C6702" w:rsidRDefault="009C6702" w:rsidP="009C6702">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C6702" w:rsidRPr="008621CE" w:rsidRDefault="009C6702" w:rsidP="009C6702">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18.04.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C6702" w:rsidRDefault="009C6702" w:rsidP="009C6702">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C6702" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C6702" w:rsidRPr="00D54270" w:rsidRDefault="009C6702" w:rsidP="009C6702">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День памяти о геноциде советского народа нацистами и их пособниками в годы ВОВ (19.04) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C6702" w:rsidRDefault="009C6702" w:rsidP="009C6702">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C6702" w:rsidRDefault="009C6702" w:rsidP="009C6702">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21.04.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C6702" w:rsidRDefault="009C6702" w:rsidP="009C6702">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C6702" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C6702" w:rsidRPr="00D54270" w:rsidRDefault="009C6702" w:rsidP="009C6702">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Всемирный день Земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C6702" w:rsidRDefault="009C6702" w:rsidP="009C6702">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C6702" w:rsidRDefault="009C6702" w:rsidP="009C6702">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21.04.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C6702" w:rsidRDefault="009C6702" w:rsidP="009C6702">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B507C2" w:rsidTr="00981774">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9495" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B507C2" w:rsidRPr="00B507C2" w:rsidRDefault="00B507C2" w:rsidP="00B507C2">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B507C2" w:rsidTr="003A547F">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B507C2" w:rsidRPr="00D54270" w:rsidRDefault="00B507C2" w:rsidP="00B507C2">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День славянской письменности и культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B507C2" w:rsidRDefault="00B507C2" w:rsidP="00B507C2">
+            <w:r w:rsidRPr="0033527F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B507C2" w:rsidRDefault="00B507C2" w:rsidP="00B507C2">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22.05.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B507C2" w:rsidRDefault="00B507C2" w:rsidP="00B507C2">
+            <w:r w:rsidRPr="00200B7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C04CED" w:rsidTr="003A547F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9495" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="003A547F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2. Внеурочная деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C04CED" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="003A547F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Согласно плану внеурочной деятельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C04CED" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="003A547F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Разговоры о важном</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="003A547F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="003A547F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Каждый понедельник</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="003A547F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Орлята России</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Согласно планам работы классных руководителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2550" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3. Классное руководство</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с классным коллективом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Составление социального паспорта класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>До 10.09.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Внеурочное занятие «Разговоры о важном»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Каждый понедельник</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители 1–4-х классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Тематические классные часы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Согласно планам работы классных руководителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители 1–4-х классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Организационные и деловые классные часы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Согласно планам работы классных руководителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители 1–4-х классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные коллективные творческие дела </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Один раз в месяц согласно планам ВР классных руководителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители 1–4-х классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
-[...23 lines deleted...]
-              <w:t>ключевых делах</w:t>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Подготовка к участию в общешкольных ключевых делах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...31 lines deleted...]
-              <w:t>плану «Ключевые общешкольные дела»</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Согласно плану «Ключевые общешкольные дела»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...32 lines deleted...]
-              <w:t>руководители 1–4-х классов</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители 1–4-х классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
-[...15 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Экскурсии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Не менее одного раз в четверть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители и родительские комитеты 1–4-х классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Изучение динамики развития классного коллектива</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение учебного года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители 1–4-х классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Адаптация первоклассников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение учебного года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители, педагог-психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Индивидуальная работа с обучающимися</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Индивидуальные беседы с обучающимися</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>По мере необходимости</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Адаптация вновь прибывших</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>обучающихся в классе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение учебного года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Ведение портфолио с</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>обучающимися в классе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Работа с учителями-предметниками в классе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Консультации с учителями-предметниками (соблюдение единых требований в воспитании, предупреждение и разрешение конфликтов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Еженедельно</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя-предметники</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Малый педсовет «Адаптация первоклассников»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители 1-х классов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя физкультуры</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Педагог-организатор</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Педагог-психолог</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Социальный педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Работа с родителями обучающихся или их законными представителями</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заседание родительского комитета класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 раз в четверть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители родительский комитет администрация (по требованию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные родительские собрания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 раз в четверть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители родительский комитет администрация</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1693"/>
                 <w:tab w:val="left" w:pos="2638"/>
                 <w:tab w:val="left" w:pos="3472"/>
                 <w:tab w:val="left" w:pos="4935"/>
                 <w:tab w:val="left" w:pos="5290"/>
                 <w:tab w:val="left" w:pos="6814"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Привлечение</w:t>
@@ -3083,156 +8068,159 @@
               </w:rPr>
               <w:t>дел</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>По плану ВР класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Организация</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3416,357 +8404,363 @@
               </w:rPr>
               <w:t>и</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>По плану ВР класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4. Основные школьные дела</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Социальный проект «Дари людям добро»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сентябрь-май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместитель директора</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Актив школы «УМКА»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Эколого-благотворительные акции</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
@@ -3778,2594 +8772,2654 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>спешат на помощь»</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, «Бумага на нужное дело»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сентябрь-май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник, вожатая</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Педагоги-психологи</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Актив школы «УМКА»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>вожатый</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Церемония поднятия и спуска государственного флага под государственный гимн</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Каждый понедельник и пятницу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Заместитель директора, классные руководители </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сентябрь</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>События:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 сентября: День знаний;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3 сентября: День окончания Второй мировой войны;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3 сентября: День солидарности в борьбе с терроризмом;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8 сентября: Международный день распространения грамотности;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10 сентября: Международный день памяти жертв фашизма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>День Знаний</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00644E77">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00160179" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>02</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C04CED">
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="00C24AC6">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.09.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Заместитель директора, классные руководители </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Неделя безопасности дорожного движения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="001E191F">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00160179" w:rsidP="00160179">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>09.09.-15</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C04CED">
+              <w:t>01.09.-07</w:t>
+            </w:r>
+            <w:r w:rsidR="00C24AC6">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.09</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="005E6E50">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A7182A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Преподаватель-организатор основ безопасности и защиты Родины </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A7182A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>А.П.Свеклин</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Октябрь</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>События:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 октября: Международный день пожилых людей; Международный день музыки;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4 октября: День защиты животных;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5 октября: День учителя;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25 октября: Международный день школьных библиотек;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="001E5894" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="001D7083" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>третье воскресенье октября (20.10.2024</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C04CED">
+              <w:t>третье воскресенье октября (19.10.2025</w:t>
+            </w:r>
+            <w:r w:rsidR="00C24AC6">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>): День отца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Праздничный концерт, посвященный Дню учителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00DB11D0">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="001D7083" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>04</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C04CED">
+              <w:t>03</w:t>
+            </w:r>
+            <w:r w:rsidR="00C24AC6">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместитель директора</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник</w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:r w:rsidR="001D7083">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> директора</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Актив школы «УМКА»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Осенний фестиваль </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Октябрь</w:t>
             </w:r>
           </w:p>
+          <w:p w:rsidR="001D7083" w:rsidRDefault="001D7083" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители 3 классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Посвящение в читатели</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00DB11D0">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="001D7083" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>18</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C04CED">
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00C24AC6">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Библиотекарь</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ноябрь</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>События:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4 ноября: День народного единства;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8 ноября: День памяти погибших при исполнении служебных обязанностей сотрудников органов внутренних дел России;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="007A6A75" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>последнее воскресенье ноября (24.11.2024</w:t>
-[...9 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+              <w:t>последнее воскресенье ноября (24.11.2024): День матери;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30 ноября: День Государственного герба Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Праздничный концерт ко Дню матери</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="006F0FDC">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00366CB6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>22</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C04CED">
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidR="00C24AC6">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-              <w:t>актив школы «УМКА»</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00366CB6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-организатор</w:t>
+            </w:r>
+            <w:r w:rsidR="00C24AC6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, советник, актив школы «УМКА»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Декабрь</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>События:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3 декабря: День Неизвестного солдата;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3 декабря: Международный день инвалидов;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5 декабря: День добровольца (волонтера) в России;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9 декабря: День Героев Отечества;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12 декабря: День Конституции Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Новогодние мероприятия «Здравствуй, Новый год!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="001735A5">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00366CB6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>23.12.-28</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C04CED">
+              <w:t>25.12.-30</w:t>
+            </w:r>
+            <w:r w:rsidR="00C24AC6">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Заместитель директора, классные руководители </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Январь</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>События:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25 января: День российского студенчества;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27 января: День снятия блокады Ленинграда;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">27 января: День освобождения Красной армией крупнейшего «лагеря смерти» </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Аушвиц-Биркенау</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Освенцима) – День памяти жертв Холокоста</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Акция памяти «Зажгите свечи...»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00A56E0A">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>27</w:t>
-[...6 lines deleted...]
-              <w:t>.01.</w:t>
+              <w:t>27.01.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместитель директора</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Первичное отделение РДДМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Февраль</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>События:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2 февраля: День разгрома советскими войсками немецко-фашистских войск в Сталинградской битве;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8 февраля: День российской науки;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15 февраля: День памяти о россиянах, исполнявших служебный долг за пределами Отечества;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21 февраля: Международный день родного языка;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>23 февраля: День защитника Отечества</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Рыцарский турнир, посвященный Дню защитника Отечества</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="00642EF6">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00642EF6">
-[...4 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="00F30CE6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...23 lines deleted...]
-              <w:t>советник, актив школы «УМКА», вожатый</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00F30CE6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">советник, актив школы «УМКА», </w:t>
+            </w:r>
+            <w:r w:rsidR="00F30CE6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог-организатор</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009510A1" w:rsidTr="009510A1">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009510A1" w:rsidRDefault="009510A1" w:rsidP="009510A1">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>КТД</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -6386,1495 +11440,1526 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>праздник</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Широкая Масленица»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="009510A1" w:rsidRDefault="009510A1" w:rsidP="009510A1">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="009510A1" w:rsidRDefault="009510A1" w:rsidP="009510A1">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00F30CE6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>24.02.-28.02.</w:t>
+              <w:t>16.02.-22</w:t>
+            </w:r>
+            <w:r w:rsidR="00C24AC6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.02.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="009510A1" w:rsidRDefault="009510A1" w:rsidP="009510A1">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместитель директора, советник, актив школы «УМКА», вожатый</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Март</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>События:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8 марта: Международный женский день;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18 марта: День воссоединения Крыма с Россией;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27 марта: Всемирный день театра</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Праздничный концерт, посвященный Международному женскому дню</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00DD25B9" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>07.03.</w:t>
+              <w:t>06</w:t>
+            </w:r>
+            <w:r w:rsidR="00C24AC6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.03.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Заместитель директора, советник, актив школы «УМКА», вожатый </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009510A1" w:rsidTr="009510A1">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009510A1" w:rsidRDefault="009510A1" w:rsidP="009510A1">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Фестиваль театрального мастерства «Золотая маска»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="009510A1" w:rsidRDefault="009510A1" w:rsidP="009510A1">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="009510A1" w:rsidRDefault="009510A1" w:rsidP="009510A1">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00DD25B9" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10.03.-14.03.</w:t>
+              <w:t>март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="009510A1" w:rsidRDefault="009510A1" w:rsidP="009510A1">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители 2-х классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Апрель</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>События:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12 апреля: День космонавтики;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19 апреля: День памяти о геноциде советского народа нацистами и их пособниками в годы Великой отечественной войны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009510A1" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009510A1" w:rsidRPr="00895DE2" w:rsidRDefault="009510A1" w:rsidP="009510A1">
+          <w:p w:rsidR="00C24AC6" w:rsidRPr="00895DE2" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00895DE2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Семейная спортивно-развлекательная программа «Космическая эстафета»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...20 lines deleted...]
-              <w:t>-е</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1-4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="009510A1" w:rsidRDefault="009510A1" w:rsidP="009510A1">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="009510A1" w:rsidRDefault="009510A1" w:rsidP="009510A1">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Руководитель ШСК, советник, актив школы «УМКА», вожатый</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Май</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>События:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 мая: Праздник Весны и Труда;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9 мая: День Победы;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19 мая: День детских общественных организаций России;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED" w:rsidP="005E6E50">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>24 мая: День славянской письменности и культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Конкурс защиты социальных проектов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Заместитель директора, советник, социальный педагог, вожатый </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>КТД</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="56"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Чтобы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>помнили…» (Неделя памяти)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00001840" w:rsidP="00001840">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="004206FE" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>05</w:t>
-[...15 lines deleted...]
-            <w:r w:rsidR="00C04CED">
+              <w:t>04</w:t>
+            </w:r>
+            <w:r w:rsidR="00C24AC6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.05.-09.05.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2550" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель директора, советник, актив школы «УМКА», вожатый </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Праздничное мероприятие «Последний звонок»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1-ые</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="009B217A" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidR="00C24AC6">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.05.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...23 lines deleted...]
-              <w:t xml:space="preserve">Заместитель директора, советник, актив школы «УМКА», вожатый </w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Заместитель  директора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
-[...12 lines deleted...]
-              <w:t>Праздничное мероприятие «Последний звонок»</w:t>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Выпускной праздник начальной школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1-ые</w:t>
+              <w:t>4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00001840">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>23</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C04CED">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="009B217A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.05.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...23 lines deleted...]
-              <w:t>Заместитель  директора</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
-[...124 lines deleted...]
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5. Внешкольные мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Участие</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -7958,123 +13043,126 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>разной</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>направленности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Организаторы, ответственные за</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  п</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8087,630 +13175,642 @@
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>конкурсов,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-58"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Совет обучающихся, классные руководители, советник</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Походы в театры, на выставки в выходные дни</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Экскурсии по предметам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Экскурсии по патриотической тематике, профориентации, экспедиции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">В течение года </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Замдиректора</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник директора по воспитанию</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Участие в общегородской акции «Добрый Нижний»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Совет обучающихся, классные руководители, советник, вожатая</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Проведение</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-14"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00322236">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>акций</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Георгиевская</w:t>
             </w:r>
             <w:r>
@@ -8764,194 +13864,197 @@
               </w:rPr>
               <w:t>«День</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Победы»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Апрель-май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник, вожатая, заместитель директор</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6. Организация предметно-пространственной среды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Обновление</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="27"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -8960,123 +14063,126 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>интерьеров</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="31"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>холлов и кабинетов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Директор,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="36"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -9091,63 +14197,63 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>заместитель</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="54"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>директора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Размещение на стендах школы и электронном расписании регулярно сменяемых экспозиций:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -9306,91 +14412,93 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>педагогов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="47"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>и школьников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года по</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -9430,59 +14538,60 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>и</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ответственные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -9528,63 +14637,63 @@
               <w:rPr>
                 <w:spacing w:val="-58"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>мероприятий,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
               <w:t>Совет обучающихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1261"/>
                 <w:tab w:val="left" w:pos="2857"/>
                 <w:tab w:val="left" w:pos="4315"/>
                 <w:tab w:val="left" w:pos="6181"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="96"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Оформление</w:t>
             </w:r>
             <w:r>
@@ -9757,138 +14866,141 @@
               </w:rPr>
               <w:t>и</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>т.п.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>По плану ВР школы и</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="48"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -9910,157 +15022,160 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>советы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классов, актив школы «УМКА», учитель ИЗО, родительская общественность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04CED" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Озеленение пришкольной территории, разбивка клумб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C04CED" w:rsidRDefault="00C04CED">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="48"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -10082,892 +15197,894 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>советы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классов, актив школы «УМКА», родительская общественность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRPr="00CA1CFF" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRPr="00CA1CFF" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_GoBack" w:colFirst="3" w:colLast="3"/>
             <w:r w:rsidRPr="00CA1CFF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Субботники по уборке территории Учреждения от мусора, снега, обустройству газонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>В течение года по мере необходимости</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2550" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Заместитель директора по АХЧ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оформление выставок школьного музея</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1–4-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...20 lines deleted...]
-              <w:t>Заместитель директора по АХЧ</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="48"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>руководители,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>руководитель кружка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="2"/>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
-[...15 lines deleted...]
-              <w:t>Оформление выставок школьного музея</w:t>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Афиши к мероприятиям школы/класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>В течение года</w:t>
+              <w:t>Сентябрь–май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="48"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>руководители,</w:t>
-[...14 lines deleted...]
-              <w:t>руководитель кружка</w:t>
+              <w:t>руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
-[...143 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRPr="006D5628" w:rsidRDefault="00541637" w:rsidP="00541637">
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRPr="006D5628" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D5628">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Освещение событий, активностей Учреждения в официальной группе социальной сети </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006D5628">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ВКонтакте</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-              <w:t>-е</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1-4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник по воспитанию</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRPr="006D5628" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRPr="006D5628" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа школьного радио</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Совет обучающихся, вожатые</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7. Взаимодействие с родителями (законными представителями)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заседания Совета родителей (законных представителей)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сентябрь, май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Председатель Совета родителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Проведение</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -10991,284 +16108,290 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>родительских</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>собраний</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 раз в четверть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместитель директора, классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Индивидуальная работа с родителями (законными представителями)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">В течение года </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместитель директора, классные руководители, педагоги-психологи, социальный педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Организация</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -11442,156 +16565,159 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>и</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">В течение года </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители, учителя физической культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа Совета профилактики, комиссий по</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -11660,91 +16786,93 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>образовательных</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>отношений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В соответствии с</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -11754,276 +16882,280 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>планом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1683"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="89"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместитель</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>директора,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-58"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>социальный педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Проведение</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>занятий родительского клуба «Мы вместе»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 раз в четверть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1957"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Заместитель директора, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1683"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="89"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>педагоги-психологи,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="1"/>
@@ -12038,572 +17170,583 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>социальный</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Консультации с психологом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>По графику</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1957"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>педагоги-психологи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Индивидуальные встречи с администрацией</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>По запросу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1957"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Администрация</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8. Самоуправление</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Выборы в Совет обучающихся, активы классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник, вожатая</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заседания</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Совета обучающихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -12628,59 +17771,60 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>в</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместитель</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -12695,680 +17839,692 @@
               <w:rPr>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>президент Совета обучающихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учеба</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="51"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>актива</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2-4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ежемесячно</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Вожатый</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9. Профилактика и безопасность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Акция</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Засветись!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">По плану ГИБДД </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>г.Н.Новгорода</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Руководитель «ЮИД», </w:t>
             </w:r>
             <w:r w:rsidRPr="00A7182A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Преподаватель-организатор осн</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ов безопасности и защиты Родины, классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Тематические классные часы по безопасности, профилактике коррупции, профилактике экстремизма и терроризма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Неделя безопасности «Безопасная дорога»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Руководитель «ЮИД», </w:t>
             </w:r>
             <w:r w:rsidRPr="00A7182A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Преподаватель-организатор осн</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ов безопасности и защиты Родины, классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Месячник</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -13442,2346 +18598,2403 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>огонь!»</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместитель</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="42"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>директора,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A7182A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Преподаватель-организатор осн</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ов безопасности и защиты Родины, классные руководители, актив школы «УМКА»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Всероссийский урок безопасности школьников в сети интернет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учебно-тренировочные мероприятия, практические занятия по отработке эвакуации на случай возникновения ЧС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>По плану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Заместитель директора, </w:t>
             </w:r>
             <w:r w:rsidRPr="00A7182A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Преподаватель-организатор осн</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ов безопасности и защиты Родины</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Беседы с целью ознакомления обучающихся с действующим законодательством РФ об уголовной ответственности за ложные сообщения об угрозах террористических актов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители, социальный педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Встречи с сотрудниками ГИБДД, МЧС, полиции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Проведение тематических инструктажей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>По плану ВР класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Проведение внеплановых инструктажей при организации мероприятий, экскурсий, походов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Коррекционно-воспитательная работа с обучающимися групп риска и их семьями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Согласно планам работы специалистов социально-психологической службы школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместиель</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> директора</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник по воспитанию</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Социальный педагог</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Педагог - психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Совет профилактики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместитель директора</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник по воспитанию</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Социальный педагог</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Педагог - психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Акция «Выбери дело по душе» (вовлечение обучающихся в кружки и секции)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместитель директора</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник по воспитанию</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Конкурс плакатов «Что такое вредные привычки»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник по воспитанию</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10. Социальное партнёрство</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Мероприятия в библиотеках города</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Совместные мероприятия с СФ «Право на жизнь»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Концерт в военном госпитале</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="007D675C" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>22.02.</w:t>
+              <w:t>20</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidR="00C24AC6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.02.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Педагог-психолог, советник, вожатая, актив школы «УМКА»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Лекции и интерактивные занятия с волонтёрами – медиками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Педагог-психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Совместные мероприятия НГПУ им. К. Минина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместители директора, классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9495" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11. Профориентация</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Участие</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -15805,186 +21018,189 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>открытых</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>уроках</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Проведение</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="33"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -16053,91 +21269,93 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Воинской</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Славы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -16162,141 +21380,142 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>учебного</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1670"/>
                 <w:tab w:val="left" w:pos="1959"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="91"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Классные </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>руководители,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Вожатые, </w:t>
             </w:r>
             <w:r w:rsidRPr="00A7182A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Преподаватель-организатор основ безопасности и защиты Родины </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Профориентационные</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
@@ -16363,91 +21582,93 @@
               </w:rPr>
               <w:t>профессий</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Мир профессий»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -16474,51 +21695,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>года</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>по</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>планам</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -16528,92 +21749,93 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ВР</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Экскурсии</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -16796,201 +22018,204 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>дистанционном</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>формате</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>По планам ВР классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Классные </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Библиотечные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>уроки:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="303"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:hanging="193"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>"Профессии на</w:t>
             </w:r>
@@ -17007,51 +22232,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>все</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>времена";</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="303"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:hanging="193"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -17077,95 +22302,95 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>по</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>душе";</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="303"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:hanging="193"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>"Открытие</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>профессии";</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="303"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:hanging="193"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>"Познай</w:t>
             </w:r>
@@ -17182,51 +22407,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>вкус</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ремесла";</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="303"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:hanging="193"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>"Проверь</w:t>
             </w:r>
@@ -17277,51 +22502,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>свой</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>путь";</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="303"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:hanging="193"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>"Библиотека</w:t>
             </w:r>
@@ -17410,301 +22635,311 @@
               </w:rPr>
               <w:t>жизненного</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>пути".</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Педагог-библиотекарь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541637" w:rsidTr="001735A5">
+      <w:tr w:rsidR="00C24AC6" w:rsidTr="003A547F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Серия классных часов «Профессии наших мам и пап»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2–4-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя начальных классов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541637" w:rsidRDefault="00541637" w:rsidP="00541637">
+          <w:p w:rsidR="00C24AC6" w:rsidRDefault="00C24AC6" w:rsidP="00C24AC6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Совет родителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00466C87" w:rsidRDefault="00466C87"/>
+    <w:p w:rsidR="00466C87" w:rsidRDefault="003A547F">
+      <w:r>
+        <w:br w:type="textWrapping" w:clear="all"/>
+      </w:r>
+    </w:p>
     <w:sectPr w:rsidR="00466C87">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -19355,100 +24590,122 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C04CED"/>
     <w:rsid w:val="00001840"/>
+    <w:rsid w:val="00160179"/>
+    <w:rsid w:val="001677E3"/>
     <w:rsid w:val="001735A5"/>
+    <w:rsid w:val="00185883"/>
+    <w:rsid w:val="001C234E"/>
+    <w:rsid w:val="001D7083"/>
     <w:rsid w:val="001E191F"/>
     <w:rsid w:val="001E5894"/>
     <w:rsid w:val="00322236"/>
+    <w:rsid w:val="00366CB6"/>
+    <w:rsid w:val="003A547F"/>
+    <w:rsid w:val="004206FE"/>
     <w:rsid w:val="00466C87"/>
     <w:rsid w:val="0048695D"/>
+    <w:rsid w:val="00495401"/>
     <w:rsid w:val="004A5203"/>
+    <w:rsid w:val="004E0F4A"/>
     <w:rsid w:val="00541637"/>
     <w:rsid w:val="005E6E50"/>
+    <w:rsid w:val="006247E2"/>
     <w:rsid w:val="006332B7"/>
     <w:rsid w:val="00642EF6"/>
     <w:rsid w:val="00644E77"/>
     <w:rsid w:val="00654CF4"/>
     <w:rsid w:val="006F0FDC"/>
     <w:rsid w:val="00750F73"/>
     <w:rsid w:val="007A6A75"/>
+    <w:rsid w:val="007D675C"/>
     <w:rsid w:val="009510A1"/>
     <w:rsid w:val="0097591E"/>
+    <w:rsid w:val="009B217A"/>
+    <w:rsid w:val="009C6702"/>
+    <w:rsid w:val="009C7DB7"/>
     <w:rsid w:val="00A56E0A"/>
+    <w:rsid w:val="00B507C2"/>
+    <w:rsid w:val="00B7746E"/>
     <w:rsid w:val="00BC7216"/>
     <w:rsid w:val="00C04CED"/>
+    <w:rsid w:val="00C24AC6"/>
     <w:rsid w:val="00DB11D0"/>
+    <w:rsid w:val="00DC3B64"/>
+    <w:rsid w:val="00DD25B9"/>
     <w:rsid w:val="00E93EFA"/>
+    <w:rsid w:val="00F30CE6"/>
     <w:rsid w:val="00F566BC"/>
+    <w:rsid w:val="00F776F3"/>
     <w:rsid w:val="00FC7E21"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2CABB188"/>
+  <w14:docId w14:val="758527C0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F3F62AC5-8C20-4020-ADE8-8B08F0C93691}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -20203,78 +25460,79 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>12281</Characters>
+  <Pages>13</Pages>
+  <Words>2779</Words>
+  <Characters>15843</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>102</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>132</Lines>
+  <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr/>
+      <vt:lpstr>приказ № 294 – о</vt:lpstr>
       <vt:lpstr/>
-      <vt:lpstr>Календарный план воспитательной работы на 2024-2025 учебный год</vt:lpstr>
+      <vt:lpstr>Календарный план воспитательной работы на 2025-2026 учебный год</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14407</CharactersWithSpaces>
+  <CharactersWithSpaces>18585</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Галина Николаевна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>