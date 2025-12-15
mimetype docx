--- v0 (2025-10-16)
+++ v1 (2025-12-15)
@@ -1,201 +1,192 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="004E4321" w:rsidRDefault="004E4321" w:rsidP="004E4321">
+    <w:p w:rsidR="00106620" w:rsidRDefault="00106620" w:rsidP="00106620">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="__RefHeading___14"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc108018360"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Приложение к приказу</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004E4321" w:rsidRDefault="004E4321" w:rsidP="004E4321">
+    <w:p w:rsidR="00106620" w:rsidRDefault="00106620" w:rsidP="00106620">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>директора МАОУ СШ № 151</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106620" w:rsidRDefault="00106620" w:rsidP="00106620">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с углубленным изучением </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106620" w:rsidRDefault="00106620" w:rsidP="00106620">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отдельных предметов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106620" w:rsidRDefault="00106620" w:rsidP="00106620">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27.05.2025 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E4321" w:rsidRDefault="00106620" w:rsidP="00106620">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-[...71 lines deleted...]
-        <w:t>Пр.№ 276-о</w:t>
+        <w:t>приказ № 294 – о</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001E1A2E" w:rsidRDefault="001E1A2E" w:rsidP="001E1A2E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001E1A2E" w:rsidRDefault="001E1A2E" w:rsidP="001E1A2E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Календарный план воспитательной работы на </w:t>
       </w:r>
-      <w:r w:rsidR="004E4321">
+      <w:r w:rsidR="00106620">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2024-2025</w:t>
+        <w:t>2025-2026</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001E1A2E" w:rsidRDefault="001E1A2E" w:rsidP="001E1A2E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -235,51 +226,51 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4503"/>
         <w:gridCol w:w="31"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1557"/>
         <w:gridCol w:w="41"/>
         <w:gridCol w:w="2374"/>
       </w:tblGrid>
       <w:tr w:rsidR="0027405F" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="1"/>
+          <w:bookmarkEnd w:id="0"/>
           <w:p w:rsidR="0027405F" w:rsidRDefault="0027405F" w:rsidP="009D6CAD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Дела, события, мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -459,218 +450,241 @@
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3213C" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B3213C" w:rsidRDefault="00B3213C" w:rsidP="009D6CAD">
+          <w:p w:rsidR="00B3213C" w:rsidRPr="00D54270" w:rsidRDefault="00B3213C" w:rsidP="009D6CAD">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1855"/>
                 <w:tab w:val="left" w:pos="4142"/>
                 <w:tab w:val="left" w:pos="4751"/>
               </w:tabs>
               <w:spacing w:line="235" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="218"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Инициирование</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:spacing w:val="59"/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>и</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:spacing w:val="6"/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>поддержка</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:spacing w:val="8"/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>исследовательской</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:spacing w:val="6"/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>деятельности</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>школьников   в</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
               <w:t>рамках</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>реализации</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
               <w:t>ими</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">индивидуальных </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>и</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="00B3213C" w:rsidRDefault="00B3213C" w:rsidP="009D6CAD">
+          <w:p w:rsidR="00B3213C" w:rsidRPr="00D54270" w:rsidRDefault="00B3213C" w:rsidP="009D6CAD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>групповых исследовательских</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>проектов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00B3213C" w:rsidRDefault="00B3213C" w:rsidP="009D6CAD">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5—9-е</w:t>
             </w:r>
           </w:p>
@@ -730,59 +744,59 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя-предметники</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3213C" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B3213C" w:rsidRDefault="00B3213C" w:rsidP="009D6CAD">
+          <w:p w:rsidR="00B3213C" w:rsidRPr="00D54270" w:rsidRDefault="00B3213C" w:rsidP="009D6CAD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Музейные уроки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00B3213C" w:rsidRDefault="00B3213C" w:rsidP="009D6CAD">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -863,58 +877,58 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Заместитель директора </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B2853" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000B2853" w:rsidRDefault="000B2853" w:rsidP="009D6CAD">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="000B2853" w:rsidRPr="00D54270" w:rsidRDefault="000B2853" w:rsidP="009D6CAD">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Интерактивные формы учебной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="000B2853" w:rsidRDefault="000B2853" w:rsidP="009D6CAD">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -983,163 +997,170 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместитель директора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B2853" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000B2853" w:rsidRPr="000B2853" w:rsidRDefault="000B2853" w:rsidP="009D6CAD">
+          <w:p w:rsidR="000B2853" w:rsidRPr="00D54270" w:rsidRDefault="000B2853" w:rsidP="009D6CAD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Сентябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B2853" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
+          <w:p w:rsidR="000B2853" w:rsidRPr="00D54270" w:rsidRDefault="000B2853" w:rsidP="009D6CAD">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День окончания Второй мировой войны.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B2853" w:rsidRPr="00D54270" w:rsidRDefault="000B2853" w:rsidP="009D6CAD">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День солид</w:t>
+            </w:r>
+            <w:r w:rsidR="0085636C" w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арности в борьбе с терроризмом.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
           <w:p w:rsidR="000B2853" w:rsidRDefault="000B2853" w:rsidP="009D6CAD">
-            <w:pPr>
-[...46 lines deleted...]
-          <w:p w:rsidR="000B2853" w:rsidRDefault="000B2853" w:rsidP="009D6CAD">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000B2853" w:rsidRDefault="007876EC" w:rsidP="009D6CAD">
-[...5 lines deleted...]
-              <w:t>02.09.-06.09.</w:t>
+          <w:p w:rsidR="000B2853" w:rsidRDefault="006728D6" w:rsidP="009D6CAD">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02.09.-05</w:t>
+            </w:r>
+            <w:r w:rsidR="007876EC">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.09.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="000B2853" w:rsidRDefault="000B2853" w:rsidP="009D6CAD">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -1147,119 +1168,119 @@
               <w:t>Учителя истории</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="000B2853" w:rsidRDefault="000B2853" w:rsidP="009D6CAD">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B2853" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
+          <w:p w:rsidR="000B2853" w:rsidRPr="00D54270" w:rsidRDefault="000B2853" w:rsidP="009D6CAD">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международный де</w:t>
+            </w:r>
+            <w:r w:rsidR="0085636C" w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нь распространения грамотности.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
           <w:p w:rsidR="000B2853" w:rsidRDefault="000B2853" w:rsidP="009D6CAD">
-            <w:pPr>
-[...31 lines deleted...]
-          <w:p w:rsidR="000B2853" w:rsidRDefault="000B2853" w:rsidP="009D6CAD">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000B2853" w:rsidRDefault="007876EC" w:rsidP="009D6CAD">
-[...5 lines deleted...]
-              <w:t>09</w:t>
+          <w:p w:rsidR="000B2853" w:rsidRDefault="00FE67E8" w:rsidP="009D6CAD">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>08</w:t>
             </w:r>
             <w:r w:rsidR="000B2853">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.09</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="007876EC">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="000B2853" w:rsidRDefault="000B2853" w:rsidP="009D6CAD">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -1271,52 +1292,58 @@
               </w:rPr>
               <w:t>Учителя русск</w:t>
             </w:r>
             <w:r w:rsidR="0085636C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ого языка и литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B2853" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000B2853" w:rsidRDefault="000B2853" w:rsidP="0085636C">
-            <w:r>
+          <w:p w:rsidR="000B2853" w:rsidRPr="00D54270" w:rsidRDefault="000B2853" w:rsidP="0085636C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Международный день памяти жертв фашизма (10.09) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="000B2853" w:rsidRDefault="000B2853" w:rsidP="009D6CAD">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
@@ -1370,7447 +1397,8600 @@
           </w:tcPr>
           <w:p w:rsidR="000B2853" w:rsidRDefault="000B2853" w:rsidP="009D6CAD">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>У</w:t>
             </w:r>
             <w:r w:rsidR="0085636C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>чителя истории и обществознания</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B43E5" w:rsidTr="00307711">
+      <w:tr w:rsidR="00BB0950" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005B43E5" w:rsidRPr="0085636C" w:rsidRDefault="0085636C" w:rsidP="009D6CAD">
-[...25 lines deleted...]
-              <w:t>иллюстратора Геннадия Владимировича Калиновского</w:t>
+          <w:p w:rsidR="00BB0950" w:rsidRPr="00D54270" w:rsidRDefault="00BB0950" w:rsidP="00BB0950">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День воинской славы России. День победы русской эскадры под командованием Ф. Ф. Ушакова над турецкой эскадрой у мыса </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тендра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1790)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005B43E5" w:rsidRDefault="005B43E5" w:rsidP="009D6CAD">
+          <w:p w:rsidR="00BB0950" w:rsidRDefault="00BB0950" w:rsidP="00BB0950">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005B43E5" w:rsidRDefault="007876EC" w:rsidP="009D6CAD">
-[...5 lines deleted...]
-              <w:t>сентябрь</w:t>
+          <w:p w:rsidR="00BB0950" w:rsidRDefault="00BB0950" w:rsidP="00BB0950">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.09.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005B43E5" w:rsidRDefault="005B43E5" w:rsidP="009D6CAD">
-[...21 lines deleted...]
-          <w:p w:rsidR="005B43E5" w:rsidRDefault="005B43E5" w:rsidP="009D6CAD">
+          <w:p w:rsidR="00BB0950" w:rsidRDefault="00BB0950" w:rsidP="00BB0950">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя истории</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB0950" w:rsidRDefault="00BB0950" w:rsidP="00BB0950">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC4295" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FC4295" w:rsidRPr="00FC4295" w:rsidRDefault="00FC4295" w:rsidP="00FC4295">
-[...11 lines deleted...]
-              <w:t>125 лет со дня рождения русского писателя Андрея Платоновича Платонова</w:t>
+          <w:p w:rsidR="00FC4295" w:rsidRPr="00D54270" w:rsidRDefault="00BB0950" w:rsidP="00FC4295">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>90 лет со дня рождения лётчика-космонавта Г. С. Титова (1935–2000)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FC4295" w:rsidRDefault="00FC4295" w:rsidP="00FC4295">
-[...5 lines deleted...]
-              <w:t>5–9-е</w:t>
+          <w:p w:rsidR="00FC4295" w:rsidRDefault="00BB0950" w:rsidP="00FC4295">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4295">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FC4295" w:rsidRDefault="007876EC" w:rsidP="00FC4295">
-[...11 lines deleted...]
-              <w:t>сентябрь</w:t>
+          <w:p w:rsidR="00FC4295" w:rsidRDefault="00BB0950" w:rsidP="00FC4295">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.09.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FC4295" w:rsidRDefault="00FC4295" w:rsidP="00FC4295">
-[...11 lines deleted...]
-              <w:t>Учителя русского языка и литературы</w:t>
+          <w:p w:rsidR="00FC4295" w:rsidRDefault="00BB0950" w:rsidP="00FC4295">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя физики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC4295" w:rsidTr="00307711">
+      <w:tr w:rsidR="0088286D" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FC4295" w:rsidRPr="00FC4295" w:rsidRDefault="00FC4295" w:rsidP="00FC4295">
-[...11 lines deleted...]
-              <w:t>110 лет со дня рождения русской писательницы Анастасии Витальевны Перфильевой</w:t>
+          <w:p w:rsidR="0088286D" w:rsidRPr="00D54270" w:rsidRDefault="0088286D" w:rsidP="0088286D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>280 лет со дня рождения русского полководца М. И. Кутузова (1745–1813)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FC4295" w:rsidRDefault="00FC4295" w:rsidP="00FC4295">
+          <w:p w:rsidR="0088286D" w:rsidRDefault="0088286D" w:rsidP="0088286D">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FC4295" w:rsidRDefault="007876EC" w:rsidP="00FC4295">
-[...11 lines deleted...]
-              <w:t>06.09.</w:t>
+          <w:p w:rsidR="0088286D" w:rsidRDefault="0088286D" w:rsidP="0088286D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16.09.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FC4295" w:rsidRDefault="00FC4295" w:rsidP="00FC4295">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0088286D" w:rsidRDefault="0088286D" w:rsidP="0088286D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя истории</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0088286D" w:rsidRDefault="0088286D" w:rsidP="0088286D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C66AB" w:rsidTr="00307711">
+      <w:tr w:rsidR="00832D02" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C66AB" w:rsidRPr="00874189" w:rsidRDefault="005C66AB" w:rsidP="005C66AB">
-[...11 lines deleted...]
-              <w:t>120 лет со дня рождения русского советского писателя Н. А. Островского.</w:t>
+          <w:p w:rsidR="00832D02" w:rsidRPr="00D54270" w:rsidRDefault="00832D02" w:rsidP="00832D02">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День воинской славы России. День победы русских полков во главе с великим князем Д. Донским над монголо-татарскими войсками в Куликовской битве (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1380)День</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> воинской славы России. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>День победы русских полков во главе с великим князем Д. Донским над монголо-татарскими войсками в Куликовской битве (1380)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C66AB" w:rsidRDefault="005C66AB" w:rsidP="005C66AB">
-[...5 lines deleted...]
-              <w:t>5–9-е</w:t>
+          <w:p w:rsidR="00832D02" w:rsidRDefault="00832D02" w:rsidP="00832D02">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5-9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C66AB" w:rsidRDefault="00942EC1" w:rsidP="005C66AB">
-[...18 lines deleted...]
-              <w:t>.09.</w:t>
+          <w:p w:rsidR="00832D02" w:rsidRDefault="00832D02" w:rsidP="00832D02">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21.09.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C66AB" w:rsidRDefault="005C66AB" w:rsidP="005C66AB">
+          <w:p w:rsidR="00832D02" w:rsidRDefault="00832D02" w:rsidP="00832D02">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя истории</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00832D02" w:rsidRDefault="00832D02" w:rsidP="00832D02">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00832D02" w:rsidTr="00307711">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00832D02" w:rsidRPr="00D54270" w:rsidRDefault="00832D02" w:rsidP="00832D02">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>125 лет со дня рождения русского языковеда, лексикографа С. И. Ожегова (1900–1964)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00832D02" w:rsidRDefault="00832D02" w:rsidP="00832D02">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5–9-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00832D02" w:rsidRDefault="00832D02" w:rsidP="00832D02">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22.09.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00832D02" w:rsidRDefault="00832D02" w:rsidP="00832D02">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя русского языка и литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001202F3" w:rsidRPr="00AC0BC6" w:rsidTr="009D6CAD">
+      <w:tr w:rsidR="00832D02" w:rsidRPr="00AC0BC6" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001202F3" w:rsidRPr="00AC0BC6" w:rsidRDefault="001202F3" w:rsidP="001202F3">
+          <w:p w:rsidR="00832D02" w:rsidRPr="00D54270" w:rsidRDefault="00832D02" w:rsidP="00832D02">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC0BC6">
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001202F3" w:rsidTr="00307711">
+      <w:tr w:rsidR="00832D02" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001202F3" w:rsidRDefault="001202F3" w:rsidP="00FA2647">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00832D02" w:rsidRPr="00D54270" w:rsidRDefault="00832D02" w:rsidP="00832D02">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Международный день музыки </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001202F3" w:rsidRDefault="001202F3" w:rsidP="001202F3">
+          <w:p w:rsidR="00832D02" w:rsidRDefault="00832D02" w:rsidP="00832D02">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001202F3" w:rsidRDefault="001202F3" w:rsidP="001202F3">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">04.10 </w:t>
+          <w:p w:rsidR="00832D02" w:rsidRDefault="001440D9" w:rsidP="00832D02">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="00832D02">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001202F3" w:rsidRDefault="00FA2647" w:rsidP="001202F3">
+          <w:p w:rsidR="00832D02" w:rsidRDefault="00832D02" w:rsidP="00832D02">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учитель музыки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001202F3" w:rsidTr="00307711">
+      <w:tr w:rsidR="00D5513A" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001202F3" w:rsidRDefault="001202F3" w:rsidP="001202F3">
-[...12 lines deleted...]
-              <w:t>Уроки-турниры, посвященные Всемирному дню математики</w:t>
+          <w:p w:rsidR="00D5513A" w:rsidRPr="00D54270" w:rsidRDefault="00D5513A" w:rsidP="00D5513A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>130 лет со дня рождения великого русского поэта С. А. Есенина (1895–1925)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001202F3" w:rsidRDefault="001202F3" w:rsidP="001202F3">
-[...5 lines deleted...]
-              <w:t>5–9-е</w:t>
+          <w:p w:rsidR="00D5513A" w:rsidRDefault="00D5513A" w:rsidP="00D5513A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001202F3" w:rsidRDefault="001202F3" w:rsidP="001202F3">
-[...5 lines deleted...]
-              <w:t>14.10</w:t>
+          <w:p w:rsidR="00D5513A" w:rsidRDefault="00D5513A" w:rsidP="00D5513A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>03.10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001202F3" w:rsidRDefault="001202F3" w:rsidP="001202F3">
-[...20 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D5513A" w:rsidRDefault="00D5513A" w:rsidP="00D5513A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя русского языка и литературы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001202F3" w:rsidTr="00307711">
+      <w:tr w:rsidR="00772CC9" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001202F3" w:rsidRDefault="001202F3" w:rsidP="001202F3">
-[...11 lines deleted...]
-              <w:t>Международный день школьных библиотек. Библиотечные уроки</w:t>
+          <w:p w:rsidR="00772CC9" w:rsidRPr="00D54270" w:rsidRDefault="00772CC9" w:rsidP="00772CC9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>130 лет со дня рождения российского разведчика, Героя Советского Союза Р. Зорге (1895–1944)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001202F3" w:rsidRDefault="001202F3" w:rsidP="001202F3">
-[...5 lines deleted...]
-              <w:t>5–9-е</w:t>
+          <w:p w:rsidR="00772CC9" w:rsidRDefault="00772CC9" w:rsidP="00772CC9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001202F3" w:rsidRDefault="001202F3" w:rsidP="001202F3">
-[...5 lines deleted...]
-              <w:t>25.10</w:t>
+          <w:p w:rsidR="00772CC9" w:rsidRDefault="00772CC9" w:rsidP="00772CC9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>04.10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001202F3" w:rsidRDefault="001202F3" w:rsidP="001202F3">
-[...35 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00772CC9" w:rsidRPr="00994D52" w:rsidRDefault="00772CC9" w:rsidP="00772CC9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя истории</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5178D" w:rsidTr="00307711">
+      <w:tr w:rsidR="00772CC9" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C5178D" w:rsidRPr="001202F3" w:rsidRDefault="00C5178D" w:rsidP="00C5178D">
-[...11 lines deleted...]
-              <w:t>210 лет со дня рождения русского поэта М. Ю. Лермонтова.</w:t>
+          <w:p w:rsidR="00772CC9" w:rsidRPr="00D54270" w:rsidRDefault="00772CC9" w:rsidP="00772CC9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День защиты животных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C5178D" w:rsidRDefault="00C5178D" w:rsidP="00C5178D">
-[...5 lines deleted...]
-              <w:t>5–9-е</w:t>
+          <w:p w:rsidR="00772CC9" w:rsidRDefault="00772CC9" w:rsidP="00772CC9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C5178D" w:rsidRDefault="00091AC0" w:rsidP="00C5178D">
-[...11 lines deleted...]
-              <w:t>15.10.</w:t>
+          <w:p w:rsidR="00772CC9" w:rsidRDefault="00772CC9" w:rsidP="00772CC9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>04.10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C5178D" w:rsidRDefault="00C5178D" w:rsidP="00C5178D">
-[...11 lines deleted...]
-              <w:t>Учителя русского языка и литературы</w:t>
+          <w:p w:rsidR="00772CC9" w:rsidRDefault="00772CC9" w:rsidP="00772CC9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учитель биологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994D52" w:rsidRPr="00994D52" w:rsidTr="00307711">
+      <w:tr w:rsidR="00584A5F" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRPr="00994D52" w:rsidRDefault="00994D52" w:rsidP="00994D52">
-[...11 lines deleted...]
-              <w:t>270 лет со дня рождения российского императора Павла I.</w:t>
+          <w:p w:rsidR="00584A5F" w:rsidRPr="00D54270" w:rsidRDefault="00584A5F" w:rsidP="00584A5F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Всероссийский день чтения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="00994D52">
-[...5 lines deleted...]
-              <w:t>5–9-е</w:t>
+          <w:p w:rsidR="00584A5F" w:rsidRDefault="00584A5F" w:rsidP="00584A5F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRPr="00994D52" w:rsidRDefault="00091AC0" w:rsidP="00994D52">
-[...11 lines deleted...]
-              <w:t>01.10.</w:t>
+          <w:p w:rsidR="00584A5F" w:rsidRDefault="00584A5F" w:rsidP="00584A5F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>09.10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRPr="00994D52" w:rsidRDefault="00994D52" w:rsidP="00994D52">
-[...11 lines deleted...]
-              <w:t>Учителя истории</w:t>
+          <w:p w:rsidR="00584A5F" w:rsidRDefault="00584A5F" w:rsidP="00584A5F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя русского языка и литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994D52" w:rsidTr="009D6CAD">
+      <w:tr w:rsidR="00584A5F" w:rsidTr="00307711">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00584A5F" w:rsidRPr="00D54270" w:rsidRDefault="00584A5F" w:rsidP="00584A5F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80 лет со дня рождения российского актёра, режиссёра, сценариста Н. С. Михалкова (р. 1945)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00584A5F" w:rsidRDefault="00584A5F" w:rsidP="00584A5F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-9-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00584A5F" w:rsidRDefault="004D66A2" w:rsidP="00584A5F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidR="00584A5F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00584A5F" w:rsidRDefault="00584A5F" w:rsidP="00584A5F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя русского языка и литературы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D66A2" w:rsidTr="00307711">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004D66A2" w:rsidRPr="00D54270" w:rsidRDefault="004D66A2" w:rsidP="004D66A2">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>155 лет со дня рождения русского писателя, лауреата Нобелевской премии И. А. Бунина (1870–1953)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004D66A2" w:rsidRDefault="004D66A2" w:rsidP="004D66A2">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-9-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004D66A2" w:rsidRDefault="004D66A2" w:rsidP="004D66A2">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22.10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004D66A2" w:rsidRDefault="004D66A2" w:rsidP="004D66A2">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя русского языка и литературы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D66A2" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRPr="009D6CAD" w:rsidRDefault="00994D52" w:rsidP="00994D52">
+          <w:p w:rsidR="004D66A2" w:rsidRPr="00D54270" w:rsidRDefault="004D66A2" w:rsidP="004D66A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
-                <w:rFonts w:hint="eastAsia"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>Н</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">оябрь </w:t>
+              <w:t xml:space="preserve">Ноябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994D52" w:rsidTr="00307711">
+      <w:tr w:rsidR="004D66A2" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="007E20AD">
-            <w:r>
+          <w:p w:rsidR="004D66A2" w:rsidRPr="00D54270" w:rsidRDefault="004D66A2" w:rsidP="004D66A2">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">День народного единства </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="00994D52">
+          <w:p w:rsidR="004D66A2" w:rsidRDefault="004D66A2" w:rsidP="004D66A2">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00AE74B5" w:rsidP="00994D52">
-[...5 lines deleted...]
-              <w:t>01.11.</w:t>
+          <w:p w:rsidR="004D66A2" w:rsidRDefault="00B12F58" w:rsidP="004D66A2">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+            <w:r w:rsidR="004D66A2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="007E20AD" w:rsidP="00994D52">
+          <w:p w:rsidR="004D66A2" w:rsidRDefault="004D66A2" w:rsidP="004D66A2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994D52" w:rsidTr="00307711">
+      <w:tr w:rsidR="004D66A2" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRPr="00994D52" w:rsidRDefault="00994D52" w:rsidP="00994D52">
-[...11 lines deleted...]
-              <w:t>150 лет со дня рождения русского адмирала А. В. Колчака</w:t>
+          <w:p w:rsidR="004D66A2" w:rsidRPr="00D54270" w:rsidRDefault="00EC6486" w:rsidP="004D66A2">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международный день энергосбережения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="00994D52">
+          <w:p w:rsidR="004D66A2" w:rsidRDefault="004D66A2" w:rsidP="004D66A2">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00AE74B5" w:rsidP="00AE74B5">
-[...19 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="004D66A2" w:rsidRDefault="00EC6486" w:rsidP="004D66A2">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="004D66A2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="00994D52">
-[...11 lines deleted...]
-              <w:t>Учителя истории</w:t>
+          <w:p w:rsidR="004D66A2" w:rsidRDefault="00EC6486" w:rsidP="004D66A2">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя географии, биологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994D52" w:rsidTr="00307711">
+      <w:tr w:rsidR="00E81AFC" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="007E20AD">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">День памяти погибших при исполнении служебных обязанностей сотрудников органов внутренних дел России </w:t>
+          <w:p w:rsidR="00E81AFC" w:rsidRPr="00D54270" w:rsidRDefault="00E81AFC" w:rsidP="00E81AFC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>295 лет со дня рождения русского полководца А. В. Суворова (1730–1800)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="00994D52">
-[...5 lines deleted...]
-              <w:t>8–9-е</w:t>
+          <w:p w:rsidR="00E81AFC" w:rsidRDefault="00E81AFC" w:rsidP="00E81AFC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="00994D52">
-[...5 lines deleted...]
-              <w:t>08.11</w:t>
+          <w:p w:rsidR="00E81AFC" w:rsidRDefault="00E81AFC" w:rsidP="00E81AFC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13.11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="00994D52">
-[...20 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00E81AFC" w:rsidRPr="00994D52" w:rsidRDefault="00E81AFC" w:rsidP="00E81AFC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя истории</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994D52" w:rsidTr="00307711">
+      <w:tr w:rsidR="00E81AFC" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="007E20AD">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">День Государственного герба Российской Федерации </w:t>
+          <w:p w:rsidR="00E81AFC" w:rsidRPr="00D54270" w:rsidRDefault="00E81AFC" w:rsidP="00E81AFC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День памяти погибших при исполнении служебных обязанностей сотрудников органов внутренних дел России </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="00994D52">
-[...5 lines deleted...]
-              <w:t>7–9-е</w:t>
+          <w:p w:rsidR="00E81AFC" w:rsidRDefault="00E81AFC" w:rsidP="00E81AFC">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="00994D52">
-[...5 lines deleted...]
-              <w:t>27.11</w:t>
+          <w:p w:rsidR="00E81AFC" w:rsidRDefault="00E81AFC" w:rsidP="00E81AFC">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>08.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="00994D52">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E81AFC" w:rsidRDefault="00E81AFC" w:rsidP="00E81AFC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя обществознания</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E81AFC" w:rsidRDefault="00E81AFC" w:rsidP="00E81AFC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994D52" w:rsidTr="000D04F4">
+      <w:tr w:rsidR="00043A3E" w:rsidTr="00307711">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00043A3E" w:rsidRPr="00D54270" w:rsidRDefault="00043A3E" w:rsidP="00E81AFC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>215 лет со дня рождения русского хирурга Н. И. Пирогова (1810–1881)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00043A3E" w:rsidRDefault="00043A3E" w:rsidP="00E81AFC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-9-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00043A3E" w:rsidRDefault="00043A3E" w:rsidP="00E81AFC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25.11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00043A3E" w:rsidRDefault="00043A3E" w:rsidP="00E81AFC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учитель биологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E81AFC" w:rsidTr="00307711">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E81AFC" w:rsidRPr="00D54270" w:rsidRDefault="00E81AFC" w:rsidP="00E81AFC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День Государственного герба Российской Федерации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E81AFC" w:rsidRDefault="00E81AFC" w:rsidP="00E81AFC">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7–9-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E81AFC" w:rsidRDefault="002A6CC2" w:rsidP="00E81AFC">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidR="00E81AFC">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E81AFC" w:rsidRDefault="00E81AFC" w:rsidP="00E81AFC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя истории и обществознания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A6CC2" w:rsidTr="00307711">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002A6CC2" w:rsidRPr="00D54270" w:rsidRDefault="002A6CC2" w:rsidP="00E81AFC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международный день защиты информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002A6CC2" w:rsidRDefault="002A6CC2" w:rsidP="00E81AFC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7-9-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002A6CC2" w:rsidRDefault="002A6CC2" w:rsidP="00E81AFC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28.11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002A6CC2" w:rsidRDefault="002A6CC2" w:rsidP="00E81AFC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учитель информатики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00407D30" w:rsidTr="00307711">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00407D30" w:rsidRPr="00D54270" w:rsidRDefault="00407D30" w:rsidP="00407D30">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>145 лет со дня рождения русского поэта А. А. Блока (1880–1921)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00407D30" w:rsidRDefault="00407D30" w:rsidP="00407D30">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-9-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00407D30" w:rsidRDefault="00407D30" w:rsidP="00407D30">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28.11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00407D30" w:rsidRDefault="00407D30" w:rsidP="00407D30">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя русского языка и литературы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00407D30" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRPr="00F92C1C" w:rsidRDefault="00994D52" w:rsidP="00994D52">
+          <w:p w:rsidR="00407D30" w:rsidRPr="00D54270" w:rsidRDefault="00407D30" w:rsidP="00407D30">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
-                <w:rFonts w:hint="eastAsia"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>Д</w:t>
-[...8 lines deleted...]
-              <w:t>екабрь</w:t>
+              <w:t>Декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994D52" w:rsidTr="00307711">
+      <w:tr w:rsidR="00407D30" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="00F77735">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">День Неизвестного солдата (03.12) </w:t>
+          <w:p w:rsidR="00407D30" w:rsidRPr="00D54270" w:rsidRDefault="00407D30" w:rsidP="00407D30">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Де</w:t>
+            </w:r>
+            <w:r w:rsidR="00647927" w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нь Неизвестного солдата </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="00994D52">
+          <w:p w:rsidR="00407D30" w:rsidRDefault="00407D30" w:rsidP="00407D30">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="0044039A">
-[...26 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00407D30" w:rsidRDefault="00407D30" w:rsidP="00407D30">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>03.12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00F77735" w:rsidP="00994D52">
+          <w:p w:rsidR="00407D30" w:rsidRDefault="00407D30" w:rsidP="00407D30">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994D52" w:rsidTr="00307711">
+      <w:tr w:rsidR="00407D30" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="00F77735">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Международный день инвалидов (03.12) </w:t>
+          <w:p w:rsidR="00407D30" w:rsidRPr="00D54270" w:rsidRDefault="00647927" w:rsidP="00407D30">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международный день людей с ограниченными возможностями здоровья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="00994D52">
-[...5 lines deleted...]
-              <w:t>7—9-е</w:t>
+          <w:p w:rsidR="00407D30" w:rsidRDefault="00647927" w:rsidP="00407D30">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00407D30">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>—9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="0044039A" w:rsidP="00994D52">
-[...19 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00407D30" w:rsidRDefault="00407D30" w:rsidP="00407D30">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>03.12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00F77735" w:rsidP="00994D52">
+          <w:p w:rsidR="00407D30" w:rsidRDefault="00407D30" w:rsidP="00407D30">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя обществознания</w:t>
             </w:r>
+            <w:r w:rsidR="00647927">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, биологии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994D52" w:rsidTr="00307711">
+      <w:tr w:rsidR="00407D30" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRPr="003C3631" w:rsidRDefault="00994D52" w:rsidP="00F77735">
-[...25 lines deleted...]
-              <w:t xml:space="preserve">России (05.12) </w:t>
+          <w:p w:rsidR="00407D30" w:rsidRPr="00D54270" w:rsidRDefault="00407D30" w:rsidP="00407D30">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День добровольца (волонтера) в </w:t>
+            </w:r>
+            <w:r w:rsidR="00647927" w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">России </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="00994D52">
-[...5 lines deleted...]
-              <w:t>8—9-е</w:t>
+          <w:p w:rsidR="00407D30" w:rsidRDefault="00647927" w:rsidP="00407D30">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00407D30">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>—9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="00994D52">
-[...12 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00407D30" w:rsidRDefault="00407D30" w:rsidP="00407D30">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>05.12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRPr="003C3631" w:rsidRDefault="00994D52" w:rsidP="00994D52">
-[...18 lines deleted...]
-              <w:t>обществознания</w:t>
+          <w:p w:rsidR="00407D30" w:rsidRPr="003C3631" w:rsidRDefault="00407D30" w:rsidP="00407D30">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя обществознания</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994D52" w:rsidTr="00307711">
+      <w:tr w:rsidR="00407D30" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRPr="003C3631" w:rsidRDefault="00994D52" w:rsidP="00F77735">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">День Героев Отечества (09.12) </w:t>
+          <w:p w:rsidR="00407D30" w:rsidRPr="00D54270" w:rsidRDefault="00F540AE" w:rsidP="00407D30">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День Героев Отечества </w:t>
+            </w:r>
+            <w:r w:rsidR="00407D30" w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="00994D52">
+          <w:p w:rsidR="00407D30" w:rsidRDefault="00407D30" w:rsidP="00407D30">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5—9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="0044039A" w:rsidP="00994D52">
-[...19 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00407D30" w:rsidRDefault="00407D30" w:rsidP="00407D30">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>09.12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRPr="003C3631" w:rsidRDefault="00994D52" w:rsidP="00994D52">
+          <w:p w:rsidR="00407D30" w:rsidRPr="003C3631" w:rsidRDefault="00407D30" w:rsidP="00407D30">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учител</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>я</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> истории</w:t>
+              <w:t>я истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994D52" w:rsidTr="00307711">
+      <w:tr w:rsidR="00F540AE" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRPr="003C3631" w:rsidRDefault="00994D52" w:rsidP="00F77735">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">День Конституции Российской Федерации (12.12) </w:t>
+          <w:p w:rsidR="00F540AE" w:rsidRPr="00D54270" w:rsidRDefault="00F540AE" w:rsidP="00F540AE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День прав человека</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="00994D52">
-[...5 lines deleted...]
-              <w:t>5—9-е</w:t>
+          <w:p w:rsidR="00F540AE" w:rsidRDefault="00F540AE" w:rsidP="00F540AE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRDefault="00994D52" w:rsidP="00994D52">
-[...12 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00F540AE" w:rsidRDefault="00F540AE" w:rsidP="00F540AE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994D52" w:rsidRPr="003C3631" w:rsidRDefault="00994D52" w:rsidP="00994D52">
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> обществознания</w:t>
+          <w:p w:rsidR="00F540AE" w:rsidRPr="003C3631" w:rsidRDefault="00F540AE" w:rsidP="00F540AE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя обществознания</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F77735" w:rsidTr="00307711">
+      <w:tr w:rsidR="00F540AE" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F77735" w:rsidRPr="00F77735" w:rsidRDefault="00F77735" w:rsidP="00F77735">
-[...11 lines deleted...]
-              <w:t>225 лет со дня рождения русского художника К.П. Брюллова.</w:t>
+          <w:p w:rsidR="00F540AE" w:rsidRPr="00D54270" w:rsidRDefault="00F540AE" w:rsidP="00F540AE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День Конституц</w:t>
+            </w:r>
+            <w:r w:rsidR="000F09CD" w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ии Российской Федерации </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F77735" w:rsidRDefault="00F77735" w:rsidP="00F77735">
+          <w:p w:rsidR="00F540AE" w:rsidRDefault="00F540AE" w:rsidP="00F540AE">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5—9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F77735" w:rsidRDefault="0044039A" w:rsidP="00F77735">
-[...19 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00F540AE" w:rsidRDefault="000F09CD" w:rsidP="00F540AE">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="00F540AE">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F77735" w:rsidRPr="003C3631" w:rsidRDefault="00F77735" w:rsidP="00F77735">
-[...11 lines deleted...]
-              <w:t>Учителя истории, ИЗО</w:t>
+          <w:p w:rsidR="00F540AE" w:rsidRPr="003C3631" w:rsidRDefault="00F540AE" w:rsidP="00F540AE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя обществознания</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00770149" w:rsidTr="00307711">
+      <w:tr w:rsidR="000E4B6A" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00770149" w:rsidRPr="00770149" w:rsidRDefault="00770149" w:rsidP="00770149">
-[...11 lines deleted...]
-              <w:t>315 лет со дня рождения российской императрицы Елизаветы Петровны</w:t>
+          <w:p w:rsidR="000E4B6A" w:rsidRPr="00D54270" w:rsidRDefault="000E4B6A" w:rsidP="00F540AE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100 лет со дня рождения российского композитора, народного артиста РСФСР В. Я. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шаинского</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1925—2017)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00770149" w:rsidRDefault="00770149" w:rsidP="00770149">
-[...5 lines deleted...]
-              <w:t>5—9-е</w:t>
+          <w:p w:rsidR="000E4B6A" w:rsidRDefault="000E4B6A" w:rsidP="00F540AE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00770149" w:rsidRDefault="00856F3E" w:rsidP="00770149">
-[...5 lines deleted...]
-              <w:t>29.12.</w:t>
+          <w:p w:rsidR="000E4B6A" w:rsidRDefault="000E4B6A" w:rsidP="00F540AE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12.12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00770149" w:rsidRPr="003C3631" w:rsidRDefault="00770149" w:rsidP="00770149">
-[...18 lines deleted...]
-              <w:t>я истории</w:t>
+          <w:p w:rsidR="000E4B6A" w:rsidRDefault="000E4B6A" w:rsidP="00F540AE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учитель музыки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00770149" w:rsidTr="000D04F4">
+      <w:tr w:rsidR="006060D5" w:rsidTr="00307711">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006060D5" w:rsidRPr="00D54270" w:rsidRDefault="006060D5" w:rsidP="006060D5">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День государственных символов России</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006060D5" w:rsidRDefault="006060D5" w:rsidP="006060D5">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5—9-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006060D5" w:rsidRDefault="006060D5" w:rsidP="006060D5">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25.12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006060D5" w:rsidRDefault="006060D5" w:rsidP="006060D5">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя истории</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F540AE" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00770149" w:rsidRPr="006F1571" w:rsidRDefault="00770149" w:rsidP="00770149">
+          <w:p w:rsidR="00F540AE" w:rsidRPr="00D54270" w:rsidRDefault="00F540AE" w:rsidP="00F540AE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00770149" w:rsidTr="00307711">
+      <w:tr w:rsidR="00C32CB1" w:rsidRPr="006060D5" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00770149" w:rsidRPr="003C3631" w:rsidRDefault="00770149" w:rsidP="00735FE5">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">День памяти жертв Холокоста </w:t>
+          <w:p w:rsidR="00C32CB1" w:rsidRPr="00D54270" w:rsidRDefault="00C32CB1" w:rsidP="00C32CB1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>300 лет со дня официального открытия Академии наук в Санкт-Петербурге (1726)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00770149" w:rsidRDefault="00770149" w:rsidP="00770149">
-[...5 lines deleted...]
-              <w:t>5–9-е</w:t>
+          <w:p w:rsidR="00C32CB1" w:rsidRPr="006060D5" w:rsidRDefault="00C32CB1" w:rsidP="00C32CB1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006060D5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00770149" w:rsidRDefault="00770149" w:rsidP="00770149">
-[...5 lines deleted...]
-              <w:t>27.01</w:t>
+          <w:p w:rsidR="00C32CB1" w:rsidRPr="006060D5" w:rsidRDefault="00C32CB1" w:rsidP="00C32CB1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12.01.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00770149" w:rsidRPr="003C3631" w:rsidRDefault="00735FE5" w:rsidP="00770149">
+          <w:p w:rsidR="00C32CB1" w:rsidRDefault="00C32CB1" w:rsidP="00C32CB1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00735FE5" w:rsidTr="00307711">
+      <w:tr w:rsidR="00C32CB1" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00735FE5" w:rsidRPr="00735FE5" w:rsidRDefault="00735FE5" w:rsidP="00735FE5">
-[...11 lines deleted...]
-              <w:t>230 лет со дня рождения русского драматурга, поэта и дипломата Александра Сергеевича Грибоедова</w:t>
+          <w:p w:rsidR="00C32CB1" w:rsidRPr="00D54270" w:rsidRDefault="000001E5" w:rsidP="00C32CB1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День памяти жертв Холокоста. День полного освобождения </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>г.Ленинграда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от фашистской блокады </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00735FE5" w:rsidRDefault="00735FE5" w:rsidP="00735FE5">
-[...5 lines deleted...]
-              <w:t>8–9-е</w:t>
+          <w:p w:rsidR="00C32CB1" w:rsidRDefault="00C32CB1" w:rsidP="00C32CB1">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00735FE5" w:rsidRDefault="00856F3E" w:rsidP="00735FE5">
-[...11 lines deleted...]
-              <w:t>15.01.</w:t>
+          <w:p w:rsidR="00C32CB1" w:rsidRDefault="00C32CB1" w:rsidP="00C32CB1">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>27.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00735FE5" w:rsidRPr="003C3631" w:rsidRDefault="00735FE5" w:rsidP="00735FE5">
-[...25 lines deleted...]
-              <w:t>литературы</w:t>
+          <w:p w:rsidR="00C32CB1" w:rsidRPr="003C3631" w:rsidRDefault="00C32CB1" w:rsidP="00C32CB1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB2D8C" w:rsidTr="00307711">
+      <w:tr w:rsidR="00C32CB1" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRPr="00EB2D8C" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...11 lines deleted...]
-              <w:t>165 лет со дня рождения русского писателя Антона Павловича Чехова</w:t>
+          <w:p w:rsidR="00C32CB1" w:rsidRPr="00D54270" w:rsidRDefault="009519A9" w:rsidP="00C32CB1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>200 лет со дня рождения русского писателя М. Е. Салтыкова-Щедрина (1826–1889)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
+          <w:p w:rsidR="00C32CB1" w:rsidRDefault="00C32CB1" w:rsidP="00C32CB1">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRDefault="00F7471A" w:rsidP="00EB2D8C">
-[...11 lines deleted...]
-              <w:t>29.01.</w:t>
+          <w:p w:rsidR="00C32CB1" w:rsidRDefault="009519A9" w:rsidP="00C32CB1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r w:rsidR="00C32CB1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.01.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRPr="003C3631" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
+          <w:p w:rsidR="00C32CB1" w:rsidRPr="003C3631" w:rsidRDefault="00C32CB1" w:rsidP="00C32CB1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя русского языка и</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB2D8C" w:rsidTr="000D04F4">
+      <w:tr w:rsidR="00C32CB1" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRPr="006F1571" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
+          <w:p w:rsidR="00C32CB1" w:rsidRPr="00D54270" w:rsidRDefault="00C32CB1" w:rsidP="00C32CB1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB2D8C" w:rsidTr="00307711">
+      <w:tr w:rsidR="00FE5B47" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRPr="003C3631" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">День российской науки (08.02) </w:t>
+          <w:p w:rsidR="00FE5B47" w:rsidRPr="00D54270" w:rsidRDefault="00FE5B47" w:rsidP="00FE5B47">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День воинской славы России. День разгрома советскими войсками немецко-фашистских войск в Сталинградской битве (1943)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...5 lines deleted...]
-              <w:t>5–9-е</w:t>
+          <w:p w:rsidR="00FE5B47" w:rsidRDefault="00FE5B47" w:rsidP="00FE5B47">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRDefault="00F7471A" w:rsidP="00EB2D8C">
-[...19 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00FE5B47" w:rsidRDefault="00FE5B47" w:rsidP="00FE5B47">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02.02.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRPr="003C3631" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...11 lines deleted...]
-              <w:t>Учителя предметов естественно-научного цикла</w:t>
+          <w:p w:rsidR="00FE5B47" w:rsidRPr="003C3631" w:rsidRDefault="00FE5B47" w:rsidP="00FE5B47">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB2D8C" w:rsidTr="00307711">
+      <w:tr w:rsidR="00C87B86" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRPr="003C3631" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">пределами Отечества (15.02) </w:t>
+          <w:p w:rsidR="00C87B86" w:rsidRPr="00D54270" w:rsidRDefault="00C87B86" w:rsidP="00C87B86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Всемирный день борьбы с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ненорматичной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> лексикой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...5 lines deleted...]
-              <w:t>5–9-е</w:t>
+          <w:p w:rsidR="00C87B86" w:rsidRDefault="00C87B86" w:rsidP="00C87B86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRDefault="00F7471A" w:rsidP="00EB2D8C">
-[...19 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00C87B86" w:rsidRDefault="00C87B86" w:rsidP="00C87B86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>03.02.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRPr="003C3631" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...11 lines deleted...]
-              <w:t>Учителя обществознания</w:t>
+          <w:p w:rsidR="00C87B86" w:rsidRPr="003C3631" w:rsidRDefault="00C87B86" w:rsidP="00C87B86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя русского языка и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB2D8C" w:rsidTr="00307711">
+      <w:tr w:rsidR="00C11576" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRPr="003C3631" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...25 lines deleted...]
-              <w:t>Интерактивные уроки родного русского языка</w:t>
+          <w:p w:rsidR="00C11576" w:rsidRPr="00D54270" w:rsidRDefault="00C11576" w:rsidP="00C87B86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День зимних видов спорта в России</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...5 lines deleted...]
-              <w:t>5–9-е</w:t>
+          <w:p w:rsidR="00C11576" w:rsidRDefault="00C11576" w:rsidP="00C87B86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...12 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00C11576" w:rsidRDefault="00C11576" w:rsidP="00C87B86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>06.02.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRPr="003C3631" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...25 lines deleted...]
-              <w:t>литературы</w:t>
+          <w:p w:rsidR="00C11576" w:rsidRPr="003C3631" w:rsidRDefault="00C11576" w:rsidP="00C87B86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя физической культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB2D8C" w:rsidTr="00307711">
+      <w:tr w:rsidR="00DB0227" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRPr="00EB2D8C" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...11 lines deleted...]
-              <w:t>280 лет со дня рождения российского флотоводца, адмирала Федора Федоровича Ушакова</w:t>
+          <w:p w:rsidR="00DB0227" w:rsidRPr="00D54270" w:rsidRDefault="00DB0227" w:rsidP="00C87B86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>180 лет со дня рождения русского живописца В. Е. Маковского (1846–1920)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...5 lines deleted...]
-              <w:t>5–9-е</w:t>
+          <w:p w:rsidR="00DB0227" w:rsidRDefault="00DB0227" w:rsidP="00C87B86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRPr="00F7471A" w:rsidRDefault="00F7471A" w:rsidP="00EB2D8C">
-[...11 lines deleted...]
-              <w:t>24.02.</w:t>
+          <w:p w:rsidR="00DB0227" w:rsidRDefault="00DB0227" w:rsidP="00C87B86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>09.02.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRPr="003C3631" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...11 lines deleted...]
-              <w:t>Учителя истории</w:t>
+          <w:p w:rsidR="00DB0227" w:rsidRDefault="00DB0227" w:rsidP="00C87B86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя ИЗО, истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB2D8C" w:rsidTr="000D04F4">
+      <w:tr w:rsidR="00B041BA" w:rsidTr="00307711">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B041BA" w:rsidRPr="00D54270" w:rsidRDefault="00B041BA" w:rsidP="00B041BA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День российской науки (08.02) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B041BA" w:rsidRDefault="00B041BA" w:rsidP="00B041BA">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5–9-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B041BA" w:rsidRDefault="00B041BA" w:rsidP="00B041BA">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>09.02.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B041BA" w:rsidRPr="003C3631" w:rsidRDefault="00B041BA" w:rsidP="00B041BA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя предметов естественно-научного цикла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B041BA" w:rsidTr="00307711">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B041BA" w:rsidRPr="00D54270" w:rsidRDefault="00B041BA" w:rsidP="00B041BA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День памяти о россиянах, исполнявших служебный долг за пределами Отечества (15.02) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B041BA" w:rsidRDefault="00B041BA" w:rsidP="00B041BA">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5–9-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B041BA" w:rsidRDefault="005409A2" w:rsidP="00B041BA">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="00B041BA">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.02.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B041BA" w:rsidRPr="003C3631" w:rsidRDefault="00B041BA" w:rsidP="00B041BA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя обществознания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C0A11" w:rsidTr="00307711">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006C0A11" w:rsidRPr="00D54270" w:rsidRDefault="006C0A11" w:rsidP="006C0A11">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>195 лет со дня рождения русского писателя Н. С. Лескова (1831–1895)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006C0A11" w:rsidRDefault="006C0A11" w:rsidP="006C0A11">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-9-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006C0A11" w:rsidRDefault="006C0A11" w:rsidP="006C0A11">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16.02.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006C0A11" w:rsidRPr="003C3631" w:rsidRDefault="006C0A11" w:rsidP="006C0A11">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя русского языка и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>литературы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C0A11" w:rsidTr="00307711">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006C0A11" w:rsidRPr="00D54270" w:rsidRDefault="006C0A11" w:rsidP="006C0A11">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международный день родного языка (21.02). Интерактивные уроки родного русского языка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006C0A11" w:rsidRDefault="006C0A11" w:rsidP="006C0A11">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5–9-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006C0A11" w:rsidRDefault="002A3B22" w:rsidP="006C0A11">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="006C0A11">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.02.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006C0A11" w:rsidRPr="003C3631" w:rsidRDefault="006C0A11" w:rsidP="006C0A11">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя русского языка и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>литературы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C0A11" w:rsidTr="00307711">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006C0A11" w:rsidRPr="00D54270" w:rsidRDefault="00644458" w:rsidP="006C0A11">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День Арктики (28.02.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006C0A11" w:rsidRDefault="006C0A11" w:rsidP="006C0A11">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5–9-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006C0A11" w:rsidRPr="00F7471A" w:rsidRDefault="00644458" w:rsidP="006C0A11">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r w:rsidR="006C0A11" w:rsidRPr="00F7471A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.02.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006C0A11" w:rsidRPr="003C3631" w:rsidRDefault="00644458" w:rsidP="006C0A11">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учитель географии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C0A11" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRPr="006D5AAC" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
+          <w:p w:rsidR="006C0A11" w:rsidRPr="00D54270" w:rsidRDefault="006C0A11" w:rsidP="006C0A11">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Март</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB2D8C" w:rsidTr="00307711">
+      <w:tr w:rsidR="006C0A11" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...11 lines deleted...]
-              <w:t>Неделя математики</w:t>
+          <w:p w:rsidR="006C0A11" w:rsidRPr="00D54270" w:rsidRDefault="00CD5DE9" w:rsidP="006C0A11">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День искусственного интеллекта (ИИ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
+          <w:p w:rsidR="006C0A11" w:rsidRDefault="006C0A11" w:rsidP="006C0A11">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRDefault="006D1980" w:rsidP="00EB2D8C">
-[...12 lines deleted...]
-              <w:t>.03</w:t>
+          <w:p w:rsidR="006C0A11" w:rsidRDefault="00CD5DE9" w:rsidP="006C0A11">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13.03.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRPr="003C3631" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...26 lines deleted...]
-              <w:t>Председатель ШМО</w:t>
+          <w:p w:rsidR="006C0A11" w:rsidRPr="003C3631" w:rsidRDefault="00CD5DE9" w:rsidP="006C0A11">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учитель информатики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB2D8C" w:rsidTr="00307711">
+      <w:tr w:rsidR="002C1603" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRPr="003C3631" w:rsidRDefault="00EB2D8C" w:rsidP="00790D10">
-[...25 lines deleted...]
-              <w:t xml:space="preserve">Россией (18.03) </w:t>
+          <w:p w:rsidR="002C1603" w:rsidRPr="00D54270" w:rsidRDefault="002C1603" w:rsidP="006C0A11">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международный день рек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...5 lines deleted...]
-              <w:t>5–9-е</w:t>
+          <w:p w:rsidR="002C1603" w:rsidRDefault="002C1603" w:rsidP="006C0A11">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...12 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="002C1603" w:rsidRDefault="002C1603" w:rsidP="006C0A11">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13.03.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRPr="003C3631" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...25 lines deleted...]
-              <w:t>обществознания</w:t>
+          <w:p w:rsidR="002C1603" w:rsidRDefault="002C1603" w:rsidP="006C0A11">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учитель географии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB2D8C" w:rsidTr="00307711">
+      <w:tr w:rsidR="002C1603" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRPr="003C3631" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...25 lines deleted...]
-              <w:t>юношества</w:t>
+          <w:p w:rsidR="002C1603" w:rsidRPr="00D54270" w:rsidRDefault="002C1603" w:rsidP="006C0A11">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>170 лет со дня рождения русского художника М. А. Врубеля (1856—1910)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...5 lines deleted...]
-              <w:t>5–9-е</w:t>
+          <w:p w:rsidR="002C1603" w:rsidRDefault="002C1603" w:rsidP="006C0A11">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRDefault="009D76DB" w:rsidP="00EB2D8C">
-[...19 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="002C1603" w:rsidRDefault="002C1603" w:rsidP="006C0A11">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17.03.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2D8C" w:rsidRPr="003C3631" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
-[...18 lines deleted...]
-              <w:t>, вожатые</w:t>
+          <w:p w:rsidR="002C1603" w:rsidRDefault="002C1603" w:rsidP="006C0A11">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учитель ИЗО, учителя истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00790D10" w:rsidTr="00307711">
+      <w:tr w:rsidR="006C0A11" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00790D10" w:rsidRPr="00790D10" w:rsidRDefault="00790D10" w:rsidP="00790D10">
-[...11 lines deleted...]
-              <w:t>210 лет со дня рождения русского писателя Петра Павловича Ершова</w:t>
+          <w:p w:rsidR="006C0A11" w:rsidRPr="00D54270" w:rsidRDefault="006C0A11" w:rsidP="006C0A11">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День воссоединения Крыма с </w:t>
+            </w:r>
+            <w:r w:rsidR="002C1603" w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Россией</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00790D10" w:rsidRDefault="00790D10" w:rsidP="00790D10">
+          <w:p w:rsidR="006C0A11" w:rsidRDefault="006C0A11" w:rsidP="006C0A11">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00790D10" w:rsidRPr="009D76DB" w:rsidRDefault="009D76DB" w:rsidP="00790D10">
-[...11 lines deleted...]
-              <w:t>06.03.</w:t>
+          <w:p w:rsidR="006C0A11" w:rsidRDefault="006C0A11" w:rsidP="006C0A11">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18.03.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00790D10" w:rsidRPr="003C3631" w:rsidRDefault="00790D10" w:rsidP="00790D10">
+          <w:p w:rsidR="006C0A11" w:rsidRPr="003C3631" w:rsidRDefault="006C0A11" w:rsidP="006C0A11">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Учителя русского языка и</w:t>
-[...13 lines deleted...]
-              <w:t>литературы</w:t>
+              <w:t>Учителя истории и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> обществознания</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00790D10" w:rsidTr="000D04F4">
+      <w:tr w:rsidR="006C0A11" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00790D10" w:rsidRPr="006D5AAC" w:rsidRDefault="00790D10" w:rsidP="00790D10">
+          <w:p w:rsidR="006C0A11" w:rsidRPr="00D54270" w:rsidRDefault="006C0A11" w:rsidP="006C0A11">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
-                <w:rFonts w:hint="eastAsia"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>А</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">прель </w:t>
+              <w:t xml:space="preserve">Апрель </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00790D10" w:rsidTr="00307711">
+      <w:tr w:rsidR="00D16A6C" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00790D10" w:rsidRPr="003C3631" w:rsidRDefault="00790D10" w:rsidP="005527C8">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">День космонавтики (12.04) </w:t>
+          <w:p w:rsidR="00D16A6C" w:rsidRPr="00D54270" w:rsidRDefault="00D16A6C" w:rsidP="00D16A6C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>120 лет со дня рождения российского авиаконструктора, академика АН СССР А. С. Яковлева (1906–1989)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00790D10" w:rsidRDefault="00790D10" w:rsidP="00790D10">
-[...5 lines deleted...]
-              <w:t>5–9-е</w:t>
+          <w:p w:rsidR="00D16A6C" w:rsidRDefault="00D16A6C" w:rsidP="00D16A6C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00790D10" w:rsidRDefault="009530C2" w:rsidP="00790D10">
-[...19 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00D16A6C" w:rsidRDefault="00D16A6C" w:rsidP="00D16A6C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01.04.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00790D10" w:rsidRPr="003C3631" w:rsidRDefault="00790D10" w:rsidP="00790D10">
-[...11 lines deleted...]
-              <w:t>Учитель</w:t>
+          <w:p w:rsidR="00D16A6C" w:rsidRPr="003C3631" w:rsidRDefault="00D16A6C" w:rsidP="00D16A6C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя</w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> физики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008621CE" w:rsidRPr="008621CE" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008621CE" w:rsidRPr="008621CE" w:rsidRDefault="008621CE" w:rsidP="008621CE">
-[...11 lines deleted...]
-              <w:t>Международный день памятников и исторических мест</w:t>
+          <w:p w:rsidR="007A7435" w:rsidRPr="00D54270" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День космонавтики (12.04) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008621CE" w:rsidRPr="008621CE" w:rsidRDefault="008621CE" w:rsidP="008621CE">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="008621CE">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008621CE" w:rsidRPr="008621CE" w:rsidRDefault="009530C2" w:rsidP="008621CE">
-[...11 lines deleted...]
-              <w:t>18.04.</w:t>
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.04.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008621CE" w:rsidRPr="008621CE" w:rsidRDefault="008621CE" w:rsidP="008621CE">
-[...20 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> физики</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008621CE" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidRPr="008621CE" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008621CE" w:rsidRPr="003C3631" w:rsidRDefault="008621CE" w:rsidP="008621CE">
-[...12 lines deleted...]
-              <w:t> </w:t>
+          <w:p w:rsidR="007A7435" w:rsidRPr="00D54270" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международный день памятников и исторических мест</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008621CE" w:rsidRDefault="008621CE" w:rsidP="008621CE">
-            <w:r>
+          <w:p w:rsidR="007A7435" w:rsidRPr="008621CE" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008621CE">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008621CE" w:rsidRDefault="009530C2" w:rsidP="008621CE">
-[...19 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="007A7435" w:rsidRPr="008621CE" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18.04.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008621CE" w:rsidRPr="003C3631" w:rsidRDefault="008621CE" w:rsidP="008621CE">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003C3631">
+          <w:p w:rsidR="007A7435" w:rsidRPr="008621CE" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008621CE">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя истории, обществознания</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008621CE" w:rsidRPr="003C3631" w:rsidRDefault="008621CE" w:rsidP="008621CE">
+          <w:p w:rsidR="007A7435" w:rsidRPr="008621CE" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008621CE" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008621CE" w:rsidRPr="003C3631" w:rsidRDefault="008621CE" w:rsidP="008621CE">
-[...11 lines deleted...]
-              <w:t>Всемирный день Земли</w:t>
+          <w:p w:rsidR="007A7435" w:rsidRPr="00D54270" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День памяти о геноциде советского народа нацистами и их пособниками в годы ВОВ (19.04) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008621CE" w:rsidRDefault="008621CE" w:rsidP="008621CE">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008621CE" w:rsidRDefault="009530C2" w:rsidP="008621CE">
-[...19 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21.04.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008621CE" w:rsidRPr="003C3631" w:rsidRDefault="008621CE" w:rsidP="008621CE">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Учителя географии и</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t>Учителя истории, обществознания</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008621CE" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008621CE" w:rsidRPr="003C3631" w:rsidRDefault="008621CE" w:rsidP="008621CE">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">День российского парламентаризма </w:t>
+          <w:p w:rsidR="007A7435" w:rsidRPr="00D54270" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Всемирный день Земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008621CE" w:rsidRDefault="008621CE" w:rsidP="008621CE">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008621CE" w:rsidRDefault="009530C2" w:rsidP="008621CE">
-[...19 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21.04.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008621CE" w:rsidRPr="003C3631" w:rsidRDefault="008621CE" w:rsidP="008621CE">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Учителя обществознания</w:t>
+              <w:t>Учителя географии и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> биологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2A31" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA2A31" w:rsidRPr="006D44B4" w:rsidRDefault="00CA2A31" w:rsidP="00CA2A31">
-[...11 lines deleted...]
-              <w:t>125 лет со дня рождения российского художника Юрия Алексеевича Васнецова.</w:t>
+          <w:p w:rsidR="007A7435" w:rsidRPr="00D54270" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День российского парламентаризма </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA2A31" w:rsidRDefault="00CA2A31" w:rsidP="00CA2A31">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA2A31" w:rsidRDefault="009530C2" w:rsidP="00CA2A31">
-[...11 lines deleted...]
-              <w:t>04.04.</w:t>
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28.04.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA2A31" w:rsidRPr="003C3631" w:rsidRDefault="00CA2A31" w:rsidP="00CA2A31">
-[...11 lines deleted...]
-              <w:t>Учителя истории и ИЗО</w:t>
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя обществознания</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2A31" w:rsidTr="000D04F4">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A7435" w:rsidRPr="00D54270" w:rsidRDefault="00781423" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>340 лет со дня рождения русского историка, географа В. Н. Татищева (1686–1750)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5–9-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A7435" w:rsidRDefault="00781423" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="007A7435">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.04.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="00781423" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя истории</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A7435" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA2A31" w:rsidRPr="001A0195" w:rsidRDefault="00CA2A31" w:rsidP="00CA2A31">
+          <w:p w:rsidR="007A7435" w:rsidRPr="00D54270" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
-                <w:rFonts w:hint="eastAsia"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>М</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">ай </w:t>
+              <w:t xml:space="preserve">Май </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2A31" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA2A31" w:rsidRPr="003C3631" w:rsidRDefault="00CA2A31" w:rsidP="00EF37EA">
-[...18 lines deleted...]
-              <w:t>ного флага Российской Федерации</w:t>
+          <w:p w:rsidR="007A7435" w:rsidRPr="00D54270" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День славянской письменности и культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA2A31" w:rsidRDefault="00CA2A31" w:rsidP="00CA2A31">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA2A31" w:rsidRDefault="00CA2A31" w:rsidP="00CA2A31">
-[...12 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="007A7435" w:rsidRDefault="00607383" w:rsidP="007A7435">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidR="007A7435">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.05.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA2A31" w:rsidRPr="003C3631" w:rsidRDefault="00CA2A31" w:rsidP="00CA2A31">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Учителя истории и</w:t>
-[...16 lines deleted...]
-          <w:p w:rsidR="00CA2A31" w:rsidRPr="003C3631" w:rsidRDefault="00CA2A31" w:rsidP="00CA2A31">
+              <w:t>Учителя русского языка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2A31" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA2A31" w:rsidRPr="003C3631" w:rsidRDefault="00CA2A31" w:rsidP="00EF37EA">
-[...25 lines deleted...]
-              <w:t>культуры</w:t>
+          <w:p w:rsidR="007A7435" w:rsidRPr="00D54270" w:rsidRDefault="00AE6B84" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>120 лет со дня рождения российского хирурга, профессора, академика АМН СССР А. А. Вишневского (1874—1948)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA2A31" w:rsidRDefault="00CA2A31" w:rsidP="00CA2A31">
-[...5 lines deleted...]
-              <w:t>5–9-е</w:t>
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-9-ые</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA2A31" w:rsidRDefault="00D300CA" w:rsidP="00CA2A31">
-[...19 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="007A7435" w:rsidRDefault="00AE6B84" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidR="007A7435">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.05.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA2A31" w:rsidRPr="003C3631" w:rsidRDefault="00CA2A31" w:rsidP="00CA2A31">
-[...20 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="00AE6B84">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Учителя истории и </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE6B84">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биологии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF37EA" w:rsidTr="00307711">
-[...238 lines deleted...]
-      <w:tr w:rsidR="00F14780" w:rsidTr="009D6CAD">
+      <w:tr w:rsidR="007A7435" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2. Внеурочная деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="009D6CAD">
+      <w:tr w:rsidR="007A7435" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Согласно плану внеурочной деятельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="003E6241">
+      <w:tr w:rsidR="007A7435" w:rsidTr="003E6241">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Разговоры о важном</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1598" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Каждый понедельник</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="003E6241">
+      <w:tr w:rsidR="007A7435" w:rsidTr="003E6241">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Россия –мои горизонты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6-9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1598" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Каждый четверг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="009D6CAD">
+      <w:tr w:rsidR="007A7435" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3. Классное руководство</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="009D6CAD">
+      <w:tr w:rsidR="007A7435" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с классным коллективом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Тематический классный час</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRPr="003C3631" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Согласно планам работы классных руководителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRPr="003C3631" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Внеурочное занятие «Разговоры о</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>важном»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Каждый понедельник</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Информационный классный час. ПДД. ЗОЖ. Профилактика НТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 раз в месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRPr="003C3631" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Организационные и деловые классные часы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRPr="003C3631" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Согласно планам работы классных руководителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Классные коллективные творческие дела </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5—9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRPr="003C3631" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Согласно планам</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ВР классных руководителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Классные руководители </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Информационный классный час. Антикоррупционное воспитание.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 раз в месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Реализация программы внеурочной</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>деятельности с классом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2 раза в неделю</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Экскурсии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Согласно планам ВР классных руководителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Изучение классного коллектива</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Адаптация пятиклассников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5-ые</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Октябрь, январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Классные руководители, педагоги-психологи </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Составление социального паспорта класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>До 15.09.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="009D6CAD">
+      <w:tr w:rsidR="007A7435" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Индивидуальная работа с обучающимися</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Индивидуальные беседы с обучающимися</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>По мере необходимости</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Адаптация вновь прибывших</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>обучающихся в классе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение учебного года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Ведение портфолио с</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>обучающимися классе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="009D6CAD">
+      <w:tr w:rsidR="007A7435" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Работа с учителями-предметниками в классе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Консультации с учителями-предметниками (соблюдение единых требований в воспитании, предупреждение и разрешение конфликтов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Еженедельно</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя-предместники</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="009D6CAD">
+      <w:tr w:rsidR="007A7435" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Работа с родителями обучающихся или их законными представителями</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заседание родительского комитета класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 раз в четверть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители родительский комитет администрация (по требованию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные родительские собрания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 раз в четверть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители родительский комитет администрация</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1693"/>
                 <w:tab w:val="left" w:pos="2638"/>
                 <w:tab w:val="left" w:pos="3472"/>
                 <w:tab w:val="left" w:pos="4935"/>
                 <w:tab w:val="left" w:pos="5290"/>
                 <w:tab w:val="left" w:pos="6814"/>
               </w:tabs>
               <w:spacing w:line="267" w:lineRule="exact"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Привлечение</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8857,139 +10037,139 @@
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>По плану ВР класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="267" w:lineRule="exact"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Организация</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -9129,331 +10309,331 @@
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>По плану ВР класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="009D6CAD">
+      <w:tr w:rsidR="007A7435" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4. Основные школьные дела</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Социальный проект «Дари людям добро»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сентябрь-май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместитель директора</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Актив школы «УМКА»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Эколого-благотворительные акции</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
@@ -9472,389 +10652,389 @@
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>спешат на помощь»</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, «Бумага на нужное дело»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сентябрь-май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник, вожатая</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Педагоги-психологи</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Актив школы «УМКА»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Церемония поднятия и спуска государственного флага под государственный гимн</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Каждый понедельник и пятницу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Заместитель директора, классные руководители </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="000D04F4">
+      <w:tr w:rsidR="007A7435" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сентябрь</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>События:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 сентября: День знаний;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRPr="003C3631" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сентября: День окончания Второй мировой войны;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRPr="003C3631" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -9876,1378 +11056,1343 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>борьбе с</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>терроризмом;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сентября: Международный день распространения грамотности;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10 сентября: Международный день памяти жертв фашизма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>День Знаний</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00D70660" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>02</w:t>
-[...6 lines deleted...]
-              <w:t>.09.</w:t>
+              <w:t>02.09.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Заместитель директора, классные руководители </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Неделя безопасности дорожного движения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00211290" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09.09.-15.09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00A71D36" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A7182A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Преподаватель-организатор основ безопасности и защиты Родины </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="000D04F4">
+      <w:tr w:rsidR="007A7435" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Октябрь</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>События:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRPr="003C3631" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>октября: Международный день пожилых людей, Международный день музыки;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4 октября: День защиты животных;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5 октября: День учителя;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>октября: Международный день школьных библиотек;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>третье воскресенье октября (</w:t>
             </w:r>
-            <w:r w:rsidR="00D70660">
-[...4 lines deleted...]
-              <w:t>20.10.2024</w:t>
+            <w:r w:rsidR="00ED2670">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19.10.2025</w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>): День отца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Праздничный концерт, посвященный Дню учителя</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C3631">
-[...40 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F90665" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="00ED2670" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>04.10.</w:t>
+              <w:t>03</w:t>
+            </w:r>
+            <w:r w:rsidR="007A7435">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместитель директора</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник</w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+            <w:r w:rsidR="00ED2670">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по воспитанию</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Актив школы «УМКА»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Осенний фестиваль </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Октябрь-ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители 6 классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="000D04F4">
+      <w:tr w:rsidR="007A7435" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ноябрь</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>События:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4 ноября: День народного единства;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRPr="003C3631" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ноября: День памяти погибших при исполнении служебных обязанностей сотрудников органов внутренних дел России;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>последнее воскресенье ноября (</w:t>
             </w:r>
-            <w:r w:rsidR="00F90665">
-[...4 lines deleted...]
-              <w:t>24.11.2024</w:t>
+            <w:r w:rsidR="00ED2670">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30.11.2025</w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>): День матери;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ноября: День Государственного герба Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Праздничный концерт ко Дню матери</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00027722" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="00ED2670" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>22.11</w:t>
-[...6 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidR="007A7435">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007F690A" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Вожатый, советник</w:t>
+              <w:t>Вожатый, педагог-организатор</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="000D04F4">
+      <w:tr w:rsidR="007A7435" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Декабрь</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>События:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3 декабря: День Неизвестного Солдата;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3 декабря: Международный день инвалидов;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRPr="003C3631" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -11255,451 +12400,465 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>декабря: День добровольца (волонтера) в</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>России;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9 декабря: День Героев Отечества;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>декабря: День Конституции Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Акция «Мы выбираем жизнь», приуроченная ко Дню борьбы со СПИДом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>01.12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Педагоги-психологи, советник</w:t>
             </w:r>
+            <w:r w:rsidR="00CA635E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по воспитанию</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Новогодние мероприятия «Здравствуй, Новый год!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00966EA2" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="00434092" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>23.12.-28.12.</w:t>
+              <w:t>25.12.-30</w:t>
+            </w:r>
+            <w:r w:rsidR="007A7435">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Заместитель директора, классные руководители </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14780" w:rsidTr="000D04F4">
+      <w:tr w:rsidR="007A7435" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Январь</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>События:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25 января: День российского студенчества;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>января: День снятия блокады Ленинграда;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -11725,217 +12884,231 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Освенцима)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>— День памяти жертв Холокоста</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="00A11EA7">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00A11EA7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRPr="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRPr="00701E57" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00701E57">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Новогодний турнир по волейболу между командами учителей, учащихся и их родителей</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (законных представителей)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="00C033CC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Учителя физической культуры, вожатые, советник</w:t>
+              <w:t xml:space="preserve">Учителя физической культуры, </w:t>
+            </w:r>
+            <w:r w:rsidR="00C033CC">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог-организатор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, советник</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="000D04F4">
+      <w:tr w:rsidR="007A7435" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Февраль</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>События:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRPr="003C3631" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -11943,75 +13116,75 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>февраля: День разгрома советскими войсками немецко-фашистских войск в</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сталинградской битве;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8 февраля: День российской науки;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRPr="003C3631" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -12033,406 +13206,443 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>россиянах, исполнявших служебный долг за</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>пределами Отечества;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>февраля: Международный день родного языка;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>23 февраля: День защитника Отечества</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Рыцарский турнир, посвященный Дню защитника Отечества</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00895DE2" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="00DE74F0" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>21</w:t>
-[...13 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="007A7435">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.02.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>советник, актив школы «УМКА», вожатый</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Конкурс социальной рекламы:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>5-6 классы – путешествия по РФ, красота России;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+              <w:t>5-6 классы –</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE74F0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DE74F0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>дипфейк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>7-8 классы – чистота русского языка;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+              <w:t xml:space="preserve">7-8 классы – </w:t>
+            </w:r>
+            <w:r w:rsidR="004710CE">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">гордость за достижения </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC239E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>соотечественников</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="00F17913">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>9 классы – коррупция</w:t>
+              <w:t xml:space="preserve">9 классы – </w:t>
+            </w:r>
+            <w:r w:rsidR="00F17913">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>не хами окружающим</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Вожатая, советник, социальный педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00895DE2" w:rsidTr="00CB07DA">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00CA635E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00895DE2" w:rsidRDefault="00895DE2" w:rsidP="00895DE2">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>КТД</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -12461,197 +13671,204 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Широкая Масленица»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00895DE2" w:rsidRDefault="00895DE2" w:rsidP="00895DE2">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00895DE2" w:rsidRDefault="00895DE2" w:rsidP="00895DE2">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="00802052" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>24.02.-28.02.</w:t>
+              <w:t>16.02.-22</w:t>
+            </w:r>
+            <w:r w:rsidR="007A7435">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.02.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00895DE2" w:rsidRDefault="00895DE2" w:rsidP="00895DE2">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместитель директора, советник, актив школы «УМКА», вожатый</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="000D04F4">
+      <w:tr w:rsidR="007A7435" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Март</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>События:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="39"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8 марта: Международный женский день;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="39"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -12659,605 +13876,605 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>марта: День воссоединения Крыма с</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Россией;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="39"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27 марта: Всемирный день театра</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Праздничный концерт, посвященный Международному женскому дню</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007C4EA5" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>07.03.</w:t>
+              <w:t>06</w:t>
+            </w:r>
+            <w:r w:rsidR="007A7435">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.03.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Заместитель директора, советник, актив школы «УМКА», вожатый </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00895DE2" w:rsidTr="00CB07DA">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00CA635E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00895DE2" w:rsidRDefault="00895DE2" w:rsidP="00895DE2">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Фестиваль театрального мастерства «Золотая маска»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00895DE2" w:rsidRDefault="00895DE2" w:rsidP="00895DE2">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00895DE2" w:rsidRDefault="00895DE2" w:rsidP="00895DE2">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="00EC38D4" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10.03.-14.03.</w:t>
+              <w:t>март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00895DE2" w:rsidRDefault="00895DE2" w:rsidP="00895DE2">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители 8-х классов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00895DE2" w:rsidRDefault="00895DE2" w:rsidP="00895DE2">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00895DE2" w:rsidRDefault="00895DE2" w:rsidP="00895DE2">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Актив школы «УМКА»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="000D04F4">
+      <w:tr w:rsidR="007A7435" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Апрель</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>События:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="39"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12 апреля: День космонавтики;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="39"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19 апреля: День памяти о геноциде советского народа нацистами и их пособниками в годы Великой отечественной войны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="000D04F4">
+      <w:tr w:rsidR="007A7435" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRPr="00895DE2" w:rsidRDefault="00895DE2" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRPr="00895DE2" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00895DE2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Семейная спортивно-развлекательная программа «Космическая эстафета»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00853BAB" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00895DE2" w:rsidP="00895DE2">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Руководитель ШСК, с</w:t>
-[...6 lines deleted...]
-              <w:t>оветник, актив школы «УМКА», вожатый</w:t>
+              <w:t>Руководитель ШСК, советник, актив школы «УМКА», вожатый</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="000D04F4">
+      <w:tr w:rsidR="007A7435" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Май</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>События:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRPr="003C3631" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -13265,113 +14482,113 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>мая: Праздник Весны и</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Труда;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9 мая: День Победы;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>мая: День детских общественных организаций России;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -13381,179 +14598,188 @@
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>мая: День славянской письменности и</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Конкурс защиты социальных проектов классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
-[...5 lines deleted...]
-              <w:t>5–9-е</w:t>
+          <w:p w:rsidR="007A7435" w:rsidRDefault="00327E66" w:rsidP="007A7435">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5–8</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidR="007A7435">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Заместитель директора, советник, социальный педагог, вожатая </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="000D04F4">
+      <w:tr w:rsidR="007A7435" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>КТД</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="56"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>«Чтобы</w:t>
@@ -13562,177 +14788,184 @@
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>помнили…» (Неделя памяти)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="006D5628" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="003E122E" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>05.05.-09.05.</w:t>
+              <w:t>04.05.-08</w:t>
+            </w:r>
+            <w:r w:rsidR="007A7435">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.05.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместитель директора, советник, актив школы «УМКА», вожатый</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="009D6CAD">
+      <w:tr w:rsidR="007A7435" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5. Внешкольные мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Участие</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13809,286 +15042,286 @@
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>направленности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Организаторы, ответственные за</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  п</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">роведение </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>конкурсов,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-58"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Совет обучающихся, классные руководители, советник</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Участие в общегородской акции «Добрый Нижний»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Совет обучающихся, классные руководители, советник, вожатая</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Проведение</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -14151,139 +15384,139 @@
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Победы»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Апрель-май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник, вожатая, заместитель директор</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="afe"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1135"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="176" w:right="363" w:firstLine="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
@@ -14395,51 +15628,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">рок </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:w w:val="99"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ци</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>фры»;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="afe"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1135"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="176" w:right="363" w:firstLine="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
@@ -14560,51 +15793,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>т По</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бе</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ды»;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="afe"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1135"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="176" w:right="363" w:firstLine="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
@@ -14706,51 +15939,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>О</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Б</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ж;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="afe"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1135"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="176" w:right="363" w:firstLine="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -14968,51 +16201,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>е</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:w w:val="99"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ни</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>е»;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="afe"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1135"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="176" w:right="363" w:firstLine="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -15198,51 +16431,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ь</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:w w:val="99"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>!</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>»;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="afe"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1135"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="176" w:right="363" w:firstLine="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -15526,51 +16759,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тер</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:w w:val="99"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>н</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ет;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="afe"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1135"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="176" w:right="363" w:firstLine="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:w w:val="99"/>
                 <w:position w:val="-3"/>
@@ -15973,51 +17206,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:w w:val="99"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>нт</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>»;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="afe"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="176" w:right="363" w:firstLine="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
@@ -16162,51 +17395,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ереме</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:w w:val="99"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>н</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>а»;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="afe"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="176" w:right="363" w:firstLine="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
@@ -16314,51 +17547,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>е</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сте</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>»;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRPr="00B9755E" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRPr="00B9755E" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="afe"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="176" w:right="363" w:firstLine="425"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Об</w:t>
             </w:r>
             <w:r>
@@ -16685,51 +17918,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:w w:val="99"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>нт</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>»;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="afe"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="176" w:right="363" w:firstLine="425"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Об</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -16970,587 +18203,587 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>н</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:position w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>т».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>В течение года по плану организаторов мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители, учителя - предметники, вожатые</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRPr="003C3631" w:rsidRDefault="00701E57" w:rsidP="006D5628">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Походы в</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>театры,</w:t>
             </w:r>
-            <w:r w:rsidR="006D5628">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> музеи, кинотеатры </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Экскурсии по предметам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRPr="003C3631" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Экскурсии по</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>патриотической тема</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тике, профориентации, походы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">В течение года </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRPr="003C3631" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Зам</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">еститель </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">директора </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRPr="003C3631" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник директора по</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>воспитанию</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Педагог-психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="009D6CAD">
+      <w:tr w:rsidR="007A7435" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6. Организация предметно-пространственной среды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Обновление</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="27"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -17562,105 +18795,105 @@
               <w:rPr>
                 <w:spacing w:val="31"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>холлов и кабинетов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Директор,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="36"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -17669,64 +18902,64 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>заместитель</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="54"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>директора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Размещение на стендах школы и электронном расписании регулярно сменяемых экспозиций:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -17867,72 +19100,72 @@
               <w:rPr>
                 <w:spacing w:val="47"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>и школьников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>В течение года по</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -17972,51 +19205,51 @@
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Ответственные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -18052,64 +19285,64 @@
               <w:t>онкурсов, школьных</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-58"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>мероприятий,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
               <w:t>Совет обучающихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1261"/>
                 <w:tab w:val="left" w:pos="2857"/>
                 <w:tab w:val="left" w:pos="4315"/>
                 <w:tab w:val="left" w:pos="6181"/>
               </w:tabs>
               <w:spacing w:line="235" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="96"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Оформление</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="46"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -18242,117 +19475,117 @@
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>т.п.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>По плану ВР школы и</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Классные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="48"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -18367,143 +19600,143 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>советы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>классов, актив школы «УМКА», учитель ИЗО, родительская общественность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701E57" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Озеленение пришкольной территории, разбивка клумб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Классные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="48"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -18518,467 +19751,446 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>советы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>классов, актив школы «УМКА», родительская общественность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRPr="00CA1CFF" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRPr="00CA1CFF" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1CFF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Субботники по уборке территории </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> от мусора, снега, обустройству газонов</w:t>
+              <w:t>Субботники по уборке территории Учреждения от мусора, снега, обустройству газонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>В течение года</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> по мере необходимости</w:t>
+              <w:t>В течение года по мере необходимости</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Заместитель директора по АХЧ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Оформление выставок школьного музея</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Классные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="48"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>руководители,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="46"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>руководитель кружка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Афиши к мероприятиям школы/класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сентябрь–май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="48"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRPr="003C3631" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Конкурс «Лучший </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>оформление</w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -18988,566 +20200,552 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>кабинета класса</w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Новый год — до 01.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Вожатый</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRPr="003C3631" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Актив школы «УМКА»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRPr="006D5628" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRPr="006D5628" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D5628">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Освещение событий, активностей </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> в официальной группе социальной сети </w:t>
+              <w:t xml:space="preserve">Освещение событий, активностей Учреждения в официальной группе социальной сети </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006D5628">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ВКонтакте</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник по воспитанию</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRPr="006D5628" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRPr="006D5628" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа школьного радио</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Совет обучающихся, вожатые</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="009D6CAD">
+      <w:tr w:rsidR="007A7435" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7. Взаимодействие с родителями</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заседания Совета родителей (законных представителей)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сентябрь, май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Председатель Совета родителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Проведение</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -19572,270 +20770,270 @@
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>собраний</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 раз в четверть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместитель директора, классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Индивидуальная работа с родителями (законными представителями)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">В течение года </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместитель директора, классные руководители, педагоги-психологи, социальный педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Организация</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -19990,145 +21188,145 @@
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">В течение года </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители, учителя физической культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Работа Совета профилактики, комиссий по</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -20192,78 +21390,78 @@
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>отношений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>В соответствии с</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -20277,51 +21475,51 @@
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1683"/>
               </w:tabs>
               <w:ind w:left="0" w:right="89"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Заместитель</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -20373,652 +21571,652 @@
                 <w:spacing w:val="59"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>между</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>участниками образовательных</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>отношений, социальный педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Проведение</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>занятий родительского клуба «Мы вместе»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1 раз в четверть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1957"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Заместитель директора, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1683"/>
               </w:tabs>
               <w:ind w:left="0" w:right="89"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>педагоги-психологи,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>социальный</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="009D6CAD">
+      <w:tr w:rsidR="007A7435" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8. Самоуправление</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Выборы в Совет обучающихся, активы классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник, вожатая</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Участие в работе Совета школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>По плану работы школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1447"/>
                 <w:tab w:val="left" w:pos="3212"/>
               </w:tabs>
               <w:spacing w:line="267" w:lineRule="exact"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Директор, представители от</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>ученического</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>коллектива</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Заседания</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Совета обучающихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -21045,51 +22243,51 @@
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Заместитель</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -21098,64 +22296,64 @@
               <w:t>директора</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>президент Совета обучающихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Школьный</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -21180,123 +22378,123 @@
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>самоуправления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1 неделя</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>октября</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Заместитель директора,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="77"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителя-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -21305,64 +22503,64 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>предметники, вожатые, Члены</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="31"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Совета обучающихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Общешкольные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -21387,78 +22585,78 @@
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>вид»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -21485,112 +22683,112 @@
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>четверть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Члены</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="31"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Совета обучающихся,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Вожатая, заместитель директора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Работа</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="117"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -21674,1341 +22872,1222 @@
               <w:rPr>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>т.д.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>По плану</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>совета обучающихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="235" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="96"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Заместитель</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>директора,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Вожатая, Члены</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="31"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Совета обучающихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Учеба</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="51"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>актива</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Ежемесячно</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Вожатая</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
-[...13 lines deleted...]
-              <w:t>Школьный центр медиации «Правовая аксиома»</w:t>
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:widowControl/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="fontstyle01"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Участие в планировании,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="fontstyle01"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>организации, анализе школьных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="fontstyle01"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>ключевых дел и иных мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
-[...11 lines deleted...]
-              <w:t>7–9-е</w:t>
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>1 раз в неделю</w:t>
+              <w:t>В соответствии с планом мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Заместитель директора, руководитель кружка</w:t>
+              <w:t>Совет обучающихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          </w:tcPr>
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
-            </w:pPr>
-            <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>Участие в планировании,</w:t>
-[...25 lines deleted...]
-              <w:t>ключевых дел и иных мероприятий</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Участие в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>планировании, организации, анализе школьных ключевых дел и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иных мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          </w:tcPr>
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
-[...16 lines deleted...]
-              <w:t>В соответствии с планом мероприятий</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>соответствии с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>планом мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
-[...15 lines deleted...]
-              <w:t>Совет обучающихся</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Первичное отделение РДДМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>вожатый</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
-[...4 lines deleted...]
-                <w:color w:val="auto"/>
+          <w:p w:rsidR="007A7435" w:rsidRPr="003C3631" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Участие в</w:t>
-[...6 lines deleted...]
-              <w:t> </w:t>
+              <w:t>Школьное коммуникационное агентство (пресс-центр, школьное р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>адио</w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>планировании, организации, анализе школьных ключевых дел и</w:t>
-[...13 lines deleted...]
-              <w:t>иных мероприятий</w:t>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRPr="003C3631" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
-[...39 lines deleted...]
-              <w:t>планом мероприятий</w:t>
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Один раз в неделю</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
-[...26 lines deleted...]
-              <w:t>вожатый</w:t>
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вожатый</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Совет обучающихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
-[...136 lines deleted...]
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="009D6CAD">
+      <w:tr w:rsidR="007A7435" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9. Профилактика и безопасность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Акция</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>«Засветись!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">По плану ГИБДД </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>г.Н.Новгорода</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Руководитель «ЮИД», педагог-организатор ОБЖ, классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Тематические классные часы по безопасности, профилактике коррупции, профилактике экстремизма и терроризма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Неделя безопасности «Безопасная дорога»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Руководитель «ЮИД», педагог-организатор ОБЖ, классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Месячник</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>по</w:t>
@@ -23063,1879 +24142,1886 @@
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>огонь!»</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Заместитель</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="42"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>директора,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>педагог-организатор ОБЖ, классные руководители, актив школы «УМКА»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Всероссийский урок безопасности школьников в сети интернет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Учителя информатики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Учебно-тренировочные мероприятия, практические занятия по отработке эвакуации на случай возникновения ЧС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>По плану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Заместитель директора, педагог-организатор ОБЖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Беседы с целью ознакомления обучающихся с действующим законодательством РФ об уголовной ответственности за ложные сообщения об угрозах террористических актов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители, социальный педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Практические занятия «Оказание первой доврачебной помощи»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>педагог-организатор ОБЖ, учитель биологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Встречи с сотрудниками ГИБДД, МЧС, полиции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Проведение тематических инструктажей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>По плану ВР класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Проведение внеплановых инструктажей при организации мероприятий, экскурсий, походов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Совет Профилактики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместитель директора</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник по воспитанию</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Социальный педагог</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Педагог - психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="009D6CAD">
+      <w:tr w:rsidR="007A7435" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10. Социальное партнёрство</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Мероприятия в библиотеках города</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Совместные мероприятия с СФ «Право на жизнь»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Концерт в военном госпитале</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="004C408D" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>22.02.</w:t>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidR="007A7435">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.02.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Педагог-психолог, советник, вожатая, актив школы «УМКА»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Лекции и интерактивные занятия с волонтёрами – медиками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Педагог-психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Совместные мероприятия НГПУ им. К. Минина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заместители директора, классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="009D6CAD">
+      <w:tr w:rsidR="007A7435" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11. Профориентация</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Участие</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -24960,298 +26046,298 @@
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>уроках</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Классные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C46FFE">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Внеурочная деятельность. Курс занятий «Россия – мои горизонты»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6-9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Еженедельно четверг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Классные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRPr="00C46FFE" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRPr="00C46FFE" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Профориентационные</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> экскурсии по</w:t>
@@ -25260,154 +26346,154 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>отдельному плану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5-9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Классные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1156"/>
                 <w:tab w:val="left" w:pos="1477"/>
                 <w:tab w:val="left" w:pos="2201"/>
                 <w:tab w:val="left" w:pos="3419"/>
                 <w:tab w:val="left" w:pos="4383"/>
                 <w:tab w:val="left" w:pos="5874"/>
               </w:tabs>
               <w:spacing w:line="267" w:lineRule="exact"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Участие</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -25508,169 +26594,169 @@
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>формате</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Классные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>руководители, педагоги-психологи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Проведение</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="33"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -25734,78 +26820,78 @@
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Славы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -25832,118 +26918,118 @@
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1670"/>
                 <w:tab w:val="left" w:pos="1959"/>
               </w:tabs>
               <w:spacing w:line="235" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="91"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Классные </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>руководители,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Вожатые, педагог-организатор ОБЖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Профориентационные</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -25994,78 +27080,78 @@
               <w:rPr>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>«Мир профессий»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>течение</w:t>
@@ -26075,51 +27161,51 @@
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>года</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>по</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>планам</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -26133,221 +27219,221 @@
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Диагностика</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
               <w:t>первоначальной профессиональной</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
               <w:t>ориентации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>По плану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2491"/>
               </w:tabs>
               <w:spacing w:line="258" w:lineRule="exact"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Педагог-психолог, классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Экскурсии</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -26510,150 +27596,150 @@
               <w:rPr>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>формате</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–9-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>По планам ВР классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Классные </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Участие</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="55"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -26793,147 +27879,147 @@
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>услуг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>9-ые</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Ноябрь-декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Учитель экономики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="267" w:lineRule="exact"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Классные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -26957,82 +28043,82 @@
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>вопросам профориентации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>7-11-ые</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="267" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -27043,51 +28129,51 @@
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>года</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>по</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>планам</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -27101,103 +28187,103 @@
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1959"/>
               </w:tabs>
               <w:spacing w:line="267" w:lineRule="exact"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Председатели родительских комитетов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="272" w:lineRule="exact"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Школьная</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
@@ -27208,51 +28294,51 @@
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>неделя</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>профориентации:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:ind w:left="0" w:right="174"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>-интеллектуально-познавательный турнир</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -27263,51 +28349,51 @@
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>свой</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>путь»;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0" w:right="174"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>-тренинг</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>«Как</w:t>
@@ -27369,51 +28455,51 @@
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>профессиональной</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>деятельности?»;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0" w:right="174"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>-деловая</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>игра</w:t>
@@ -27477,51 +28563,51 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  с</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>воих</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>способностях?»;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0" w:right="174"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>-защита</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>исследовательских</w:t>
@@ -27583,51 +28669,51 @@
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>мы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>выбираем»;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="255"/>
               </w:tabs>
               <w:ind w:left="0" w:right="174"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>-конкурс</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -27679,51 +28765,51 @@
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>профессиональный</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>выбор»;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="255"/>
               </w:tabs>
               <w:spacing w:line="271" w:lineRule="exact"/>
               <w:ind w:left="0" w:right="174"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>-конкурс</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -27762,251 +28848,251 @@
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>к профессии…».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="6"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="275" w:lineRule="exact"/>
               <w:ind w:left="30"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>5-ые</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="275" w:lineRule="exact"/>
               <w:ind w:left="30"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="275" w:lineRule="exact"/>
               <w:ind w:left="30"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>6-ые</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="30"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>7-8-ые</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="3"/>
               <w:ind w:left="30"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="30"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>9-ые</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>5-9-ые</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="001D4E91" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="00610BDB" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>20.01.-24.01.</w:t>
+              <w:t>январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-58"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>родительская</w:t>
@@ -28044,166 +29130,166 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>технологии,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>информатики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C0AF9" w:rsidTr="00307711">
+      <w:tr w:rsidR="007A7435" w:rsidTr="00307711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:widowControl/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Индивидуальные консультации для</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>учащихся и родителей/законных представителей с педагогом-психологом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>По индивидуальной договоренности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004C0AF9" w:rsidRDefault="004C0AF9" w:rsidP="004C0AF9">
+          <w:p w:rsidR="007A7435" w:rsidRDefault="007A7435" w:rsidP="007A7435">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Педагоги-психологи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="001E1A2E" w:rsidRDefault="009D6CAD" w:rsidP="001E1A2E">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -31645,212 +32731,282 @@
   <w:num w:numId="40">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="23"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001E1A2E"/>
+    <w:rsid w:val="000001E5"/>
     <w:rsid w:val="00027722"/>
     <w:rsid w:val="00034CDC"/>
     <w:rsid w:val="00040F97"/>
     <w:rsid w:val="00041A5F"/>
+    <w:rsid w:val="00043A3E"/>
     <w:rsid w:val="0005343C"/>
     <w:rsid w:val="00091AC0"/>
+    <w:rsid w:val="000A1DD9"/>
     <w:rsid w:val="000B2853"/>
     <w:rsid w:val="000D04F4"/>
+    <w:rsid w:val="000E4B6A"/>
     <w:rsid w:val="000E5A1A"/>
+    <w:rsid w:val="000F09CD"/>
+    <w:rsid w:val="00106620"/>
     <w:rsid w:val="001202F3"/>
+    <w:rsid w:val="001440D9"/>
     <w:rsid w:val="001553D6"/>
     <w:rsid w:val="001A0195"/>
     <w:rsid w:val="001D4E91"/>
     <w:rsid w:val="001E0778"/>
     <w:rsid w:val="001E1A2E"/>
     <w:rsid w:val="001E21D2"/>
     <w:rsid w:val="001F57FC"/>
     <w:rsid w:val="00211290"/>
+    <w:rsid w:val="00231B4F"/>
     <w:rsid w:val="0023461A"/>
     <w:rsid w:val="0027405F"/>
     <w:rsid w:val="00282DB3"/>
+    <w:rsid w:val="002A3B22"/>
+    <w:rsid w:val="002A6CC2"/>
     <w:rsid w:val="002B184D"/>
+    <w:rsid w:val="002C1603"/>
+    <w:rsid w:val="002C5851"/>
     <w:rsid w:val="002D0A1B"/>
     <w:rsid w:val="002F241C"/>
     <w:rsid w:val="00307711"/>
     <w:rsid w:val="00316814"/>
     <w:rsid w:val="0032108D"/>
+    <w:rsid w:val="00327E66"/>
     <w:rsid w:val="003300E0"/>
     <w:rsid w:val="003A0549"/>
+    <w:rsid w:val="003E122E"/>
     <w:rsid w:val="003E6241"/>
     <w:rsid w:val="003F46F4"/>
+    <w:rsid w:val="00407D30"/>
+    <w:rsid w:val="00434092"/>
     <w:rsid w:val="0044039A"/>
+    <w:rsid w:val="004710CE"/>
     <w:rsid w:val="00482B99"/>
     <w:rsid w:val="00484DCD"/>
     <w:rsid w:val="004C0AF9"/>
+    <w:rsid w:val="004C408D"/>
     <w:rsid w:val="004D20CC"/>
+    <w:rsid w:val="004D66A2"/>
     <w:rsid w:val="004E4321"/>
     <w:rsid w:val="00507A78"/>
     <w:rsid w:val="00517775"/>
     <w:rsid w:val="005408B7"/>
+    <w:rsid w:val="005409A2"/>
     <w:rsid w:val="00543D4F"/>
     <w:rsid w:val="005527C8"/>
     <w:rsid w:val="00572C8E"/>
+    <w:rsid w:val="00584A5F"/>
     <w:rsid w:val="005931AB"/>
     <w:rsid w:val="005B43E5"/>
     <w:rsid w:val="005C66AB"/>
+    <w:rsid w:val="005E6426"/>
+    <w:rsid w:val="006060D5"/>
+    <w:rsid w:val="00607383"/>
+    <w:rsid w:val="00610BDB"/>
     <w:rsid w:val="00611553"/>
+    <w:rsid w:val="00644458"/>
+    <w:rsid w:val="00647927"/>
     <w:rsid w:val="00667AED"/>
     <w:rsid w:val="00670E62"/>
+    <w:rsid w:val="006728D6"/>
     <w:rsid w:val="00694AD2"/>
+    <w:rsid w:val="006A08BD"/>
+    <w:rsid w:val="006C0A11"/>
     <w:rsid w:val="006C6A14"/>
     <w:rsid w:val="006D1980"/>
     <w:rsid w:val="006D44B4"/>
     <w:rsid w:val="006D5628"/>
     <w:rsid w:val="006D5AAC"/>
     <w:rsid w:val="006F1571"/>
     <w:rsid w:val="00701E57"/>
     <w:rsid w:val="00735FE5"/>
     <w:rsid w:val="00770149"/>
+    <w:rsid w:val="00772CC9"/>
+    <w:rsid w:val="00781423"/>
     <w:rsid w:val="007817DF"/>
     <w:rsid w:val="007876EC"/>
     <w:rsid w:val="00790D10"/>
+    <w:rsid w:val="007A0A57"/>
+    <w:rsid w:val="007A7435"/>
     <w:rsid w:val="007B5E62"/>
+    <w:rsid w:val="007C4EA5"/>
     <w:rsid w:val="007C52D0"/>
     <w:rsid w:val="007E1F6E"/>
     <w:rsid w:val="007E20AD"/>
+    <w:rsid w:val="007F690A"/>
+    <w:rsid w:val="00802052"/>
     <w:rsid w:val="00810A59"/>
     <w:rsid w:val="00814C46"/>
+    <w:rsid w:val="00832D02"/>
     <w:rsid w:val="00843BAE"/>
     <w:rsid w:val="00850505"/>
     <w:rsid w:val="00853BAB"/>
     <w:rsid w:val="00855104"/>
     <w:rsid w:val="0085636C"/>
     <w:rsid w:val="00856F3E"/>
     <w:rsid w:val="008621CE"/>
     <w:rsid w:val="00874189"/>
+    <w:rsid w:val="0088286D"/>
     <w:rsid w:val="0089238C"/>
     <w:rsid w:val="00895DE2"/>
     <w:rsid w:val="008A2ED7"/>
     <w:rsid w:val="008D65F6"/>
     <w:rsid w:val="008E20ED"/>
     <w:rsid w:val="008F15A0"/>
     <w:rsid w:val="00924955"/>
     <w:rsid w:val="00942EC1"/>
     <w:rsid w:val="00947085"/>
+    <w:rsid w:val="009519A9"/>
     <w:rsid w:val="009530C2"/>
     <w:rsid w:val="00966EA2"/>
     <w:rsid w:val="00994D52"/>
     <w:rsid w:val="009A1E14"/>
     <w:rsid w:val="009C547A"/>
     <w:rsid w:val="009D6CAD"/>
     <w:rsid w:val="009D76DB"/>
     <w:rsid w:val="009E6143"/>
     <w:rsid w:val="00A11EA7"/>
     <w:rsid w:val="00A37EBC"/>
     <w:rsid w:val="00A53476"/>
     <w:rsid w:val="00A71D36"/>
     <w:rsid w:val="00AC0BC6"/>
+    <w:rsid w:val="00AE6B84"/>
     <w:rsid w:val="00AE74B5"/>
     <w:rsid w:val="00AF0479"/>
+    <w:rsid w:val="00B041BA"/>
+    <w:rsid w:val="00B12F58"/>
     <w:rsid w:val="00B3213C"/>
     <w:rsid w:val="00B62DE8"/>
     <w:rsid w:val="00B9755E"/>
     <w:rsid w:val="00BA08EE"/>
+    <w:rsid w:val="00BB0950"/>
     <w:rsid w:val="00BB2718"/>
+    <w:rsid w:val="00BC1F20"/>
     <w:rsid w:val="00BC731A"/>
+    <w:rsid w:val="00C033CC"/>
+    <w:rsid w:val="00C11576"/>
+    <w:rsid w:val="00C32CB1"/>
     <w:rsid w:val="00C4022A"/>
     <w:rsid w:val="00C5178D"/>
     <w:rsid w:val="00C70EBE"/>
+    <w:rsid w:val="00C87B86"/>
     <w:rsid w:val="00CA1CFF"/>
     <w:rsid w:val="00CA2A31"/>
+    <w:rsid w:val="00CA635E"/>
     <w:rsid w:val="00CD51B8"/>
+    <w:rsid w:val="00CD5DE9"/>
+    <w:rsid w:val="00D05FC0"/>
+    <w:rsid w:val="00D16A6C"/>
     <w:rsid w:val="00D300CA"/>
+    <w:rsid w:val="00D54270"/>
     <w:rsid w:val="00D5466A"/>
+    <w:rsid w:val="00D5513A"/>
     <w:rsid w:val="00D70660"/>
+    <w:rsid w:val="00DB0227"/>
+    <w:rsid w:val="00DC239E"/>
     <w:rsid w:val="00DC68CC"/>
     <w:rsid w:val="00DD7AEC"/>
     <w:rsid w:val="00DE089F"/>
+    <w:rsid w:val="00DE74F0"/>
+    <w:rsid w:val="00E10DEA"/>
+    <w:rsid w:val="00E5260B"/>
     <w:rsid w:val="00E54494"/>
     <w:rsid w:val="00E56ECB"/>
+    <w:rsid w:val="00E81AFC"/>
+    <w:rsid w:val="00EA34C7"/>
     <w:rsid w:val="00EB2D8C"/>
     <w:rsid w:val="00EC14B4"/>
+    <w:rsid w:val="00EC38D4"/>
     <w:rsid w:val="00EC51BF"/>
+    <w:rsid w:val="00EC6486"/>
     <w:rsid w:val="00ED0234"/>
+    <w:rsid w:val="00ED2670"/>
     <w:rsid w:val="00EF37EA"/>
     <w:rsid w:val="00F14780"/>
+    <w:rsid w:val="00F17913"/>
     <w:rsid w:val="00F37649"/>
+    <w:rsid w:val="00F540AE"/>
     <w:rsid w:val="00F6695F"/>
     <w:rsid w:val="00F7471A"/>
     <w:rsid w:val="00F77735"/>
     <w:rsid w:val="00F77823"/>
     <w:rsid w:val="00F90665"/>
     <w:rsid w:val="00F92C1C"/>
     <w:rsid w:val="00FA2647"/>
     <w:rsid w:val="00FC4295"/>
     <w:rsid w:val="00FE01A9"/>
     <w:rsid w:val="00FE3C89"/>
+    <w:rsid w:val="00FE5B47"/>
+    <w:rsid w:val="00FE67E8"/>
+    <w:rsid w:val="00FF342B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6428FD32"/>
+  <w14:docId w14:val="69826E1A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BB869F12-AE72-4B26-90B5-34E8D15A79EE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
@@ -35045,64 +36201,103 @@
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="fontstyle01">
     <w:name w:val="fontstyle01"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="001E1A2E"/>
     <w:rPr>
       <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
+    <w:div w:id="884678381">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1369721320">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1397822504">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1790201183">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1810971334">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -35347,78 +36542,78 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>3248</Words>
-  <Characters>18519</Characters>
+  <Words>3430</Words>
+  <Characters>19555</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>154</Lines>
-  <Paragraphs>43</Paragraphs>
+  <Lines>162</Lines>
+  <Paragraphs>45</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
-      <vt:lpstr>Календарный план воспитательной работы на 2024-2025 учебный год</vt:lpstr>
+      <vt:lpstr>Календарный план воспитательной работы на 2025-2026 учебный год</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21724</CharactersWithSpaces>
+  <CharactersWithSpaces>22940</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Галина Николаевна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>