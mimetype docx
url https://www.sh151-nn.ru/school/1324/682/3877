--- v0 (2025-10-16)
+++ v1 (2025-12-15)
@@ -1,201 +1,193 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="004E4321" w:rsidRDefault="004E4321" w:rsidP="004E4321">
+    <w:p w:rsidR="00CA6A00" w:rsidRDefault="00CA6A00" w:rsidP="00CA6A00">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="__RefHeading___14"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc108018360"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Приложение к приказу</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004E4321" w:rsidRDefault="004E4321" w:rsidP="004E4321">
+    <w:p w:rsidR="00CA6A00" w:rsidRDefault="00CA6A00" w:rsidP="00CA6A00">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>директора МАОУ СШ № 151</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA6A00" w:rsidRDefault="00CA6A00" w:rsidP="00CA6A00">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с углубленным изучением </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA6A00" w:rsidRDefault="00CA6A00" w:rsidP="00CA6A00">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отдельных предметов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA6A00" w:rsidRDefault="00CA6A00" w:rsidP="00CA6A00">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27.05.2025 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA6A00" w:rsidRDefault="00CA6A00" w:rsidP="00CA6A00">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-[...71 lines deleted...]
-        <w:t>Пр.№ 276-о</w:t>
+        <w:t>приказ № 294 – о</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001E1A2E" w:rsidRDefault="001E1A2E" w:rsidP="001E1A2E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001E1A2E" w:rsidRDefault="001E1A2E" w:rsidP="001E1A2E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Календарный план воспитательной работы на </w:t>
       </w:r>
-      <w:r w:rsidR="004E4321">
+      <w:r w:rsidR="006620D6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2024-2025</w:t>
+        <w:t>2025-2026</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001E1A2E" w:rsidRDefault="001E1A2E" w:rsidP="001E1A2E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -251,51 +243,51 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4503"/>
         <w:gridCol w:w="31"/>
         <w:gridCol w:w="1131"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="41"/>
         <w:gridCol w:w="2374"/>
       </w:tblGrid>
       <w:tr w:rsidR="0027405F" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="1"/>
+          <w:bookmarkEnd w:id="0"/>
           <w:p w:rsidR="0027405F" w:rsidRDefault="0027405F" w:rsidP="009D6CAD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Дела, события, мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1019,763 +1011,915 @@
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Сентябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="0071468E" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="0071468E" w:rsidRPr="00D54270" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>День окончания Второй мировой войны.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="0071468E" w:rsidRPr="00D54270" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>День солидарности в борьбе с терроризмом.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>02.09.-06.09.</w:t>
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02.09.-05.09.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя истории</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="0071468E" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="0071468E" w:rsidRPr="00D54270" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Международный день распространения грамотности.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>09.09.</w:t>
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>08.09.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя русского языка и литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="0071468E" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-            <w:r>
+          <w:p w:rsidR="0071468E" w:rsidRPr="00D54270" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Международный день памяти жертв фашизма (10.09) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.09.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя истории и обществознания</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="0071468E" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="0085636C" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...25 lines deleted...]
-              <w:t>иллюстратора Геннадия Владимировича Калиновского</w:t>
+          <w:p w:rsidR="0071468E" w:rsidRPr="00D54270" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День воинской славы России. День победы русской эскадры под командованием Ф. Ф. Ушакова над турецкой эскадрой у мыса </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тендра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1790)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>сентябрь</w:t>
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.09.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...14 lines deleted...]
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя истории</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="0071468E" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="00FC4295" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>125 лет со дня рождения русского писателя Андрея Платоновича Платонова</w:t>
+          <w:p w:rsidR="0071468E" w:rsidRPr="00D54270" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>90 лет со дня рождения лётчика-космонавта Г. С. Титова (1935–2000)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>сентябрь</w:t>
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.09.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>Учителя русского языка и литературы</w:t>
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя физики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="0071468E" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="00FC4295" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>110 лет со дня рождения русской писательницы Анастасии Витальевны Перфильевой</w:t>
+          <w:p w:rsidR="0071468E" w:rsidRPr="00D54270" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>280 лет со дня рождения русского полководца М. И. Кутузова (1745–1813)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>06.09.</w:t>
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16.09.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя истории</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="0071468E" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="00874189" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>120 лет со дня рождения русского советского писателя Н. А. Островского.</w:t>
+          <w:p w:rsidR="0071468E" w:rsidRPr="00D54270" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День воинской славы России. День победы русских полков во главе с великим князем Д. Донским над монголо-татарскими войсками в Куликовской битве (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1380)День</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> воинской славы России. День победы русских полков во главе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>великим князем Д. Донским над монголо-татарскими войсками в Куликовской битве (1380)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>30.09.</w:t>
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21.09.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя истории</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0071468E" w:rsidTr="002C1428">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0071468E" w:rsidRPr="00D54270" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>125 лет со дня рождения русского языковеда, лексикографа С. И. Ожегова (1900–1964)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10–11-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22.09.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0071468E" w:rsidRDefault="0071468E" w:rsidP="0071468E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя русского языка и литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001202F3" w:rsidRPr="00AC0BC6" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
@@ -1786,570 +1930,754 @@
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0BC6">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="002A388E" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="002A388E" w:rsidRPr="00D54270" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Международный день музыки </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="002A388E" w:rsidRDefault="002A388E" w:rsidP="002A388E">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">04.10 </w:t>
+          <w:p w:rsidR="002A388E" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">01.10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="002A388E" w:rsidRDefault="002A388E" w:rsidP="002A388E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учитель музыки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="002A388E" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>Уроки-турниры, посвященные Всемирному дню математики</w:t>
+          <w:p w:rsidR="002A388E" w:rsidRPr="00D54270" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>130 лет со дня рождения великого русского поэта С. А. Есенина (1895–1925)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="002A388E" w:rsidRDefault="002A388E" w:rsidP="002A388E">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>14.10</w:t>
+          <w:p w:rsidR="002A388E" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>03.10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...20 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="002A388E" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя русского языка и литературы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="002A388E" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...12 lines deleted...]
-              <w:t>Международный день школьных библиотек. Библиотечные уроки</w:t>
+          <w:p w:rsidR="002A388E" w:rsidRPr="00D54270" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>130 лет со дня рождения российского разведчика, Героя Советского Союза Р. Зорге (1895–1944)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="002A388E" w:rsidRDefault="002A388E" w:rsidP="002A388E">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>25.10</w:t>
+          <w:p w:rsidR="002A388E" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>04.10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...35 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="002A388E" w:rsidRPr="00994D52" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя истории</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="002A388E" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="001202F3" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>210 лет со дня рождения русского поэта М. Ю. Лермонтова.</w:t>
+          <w:p w:rsidR="002A388E" w:rsidRPr="00D54270" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День защиты животных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="002A388E" w:rsidRDefault="002A388E" w:rsidP="002A388E">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>15.10.</w:t>
+          <w:p w:rsidR="002A388E" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>04.10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>Учителя русского языка и литературы</w:t>
+          <w:p w:rsidR="002A388E" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учитель биологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidRPr="00994D52" w:rsidTr="002C1428">
+      <w:tr w:rsidR="002A388E" w:rsidRPr="00994D52" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="00994D52" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>270 лет со дня рождения российского императора Павла I.</w:t>
+          <w:p w:rsidR="002A388E" w:rsidRPr="00D54270" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Всероссийский день чтения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="002A388E" w:rsidRDefault="002A388E" w:rsidP="002A388E">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="00994D52" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>01.10.</w:t>
+          <w:p w:rsidR="002A388E" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>09.10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="00994D52" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>Учителя истории</w:t>
+          <w:p w:rsidR="002A388E" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя русского языка и литературы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A388E" w:rsidRPr="00994D52" w:rsidTr="002C1428">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002A388E" w:rsidRPr="00D54270" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80 лет со дня рождения российского актёра, режиссёра, сценариста Н. С. Михалкова (р. 1945)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002A388E" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10–11-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002A388E" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22.10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002A388E" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя русского языка и литературы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A388E" w:rsidRPr="00994D52" w:rsidTr="002C1428">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002A388E" w:rsidRPr="00D54270" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>155 лет со дня рождения русского писателя, лауреата Нобелевской премии И. А. Бунина (1870–1953)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002A388E" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10–11-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002A388E" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22.10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002A388E" w:rsidRDefault="002A388E" w:rsidP="002A388E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя русского языка и литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00994D52" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00994D52" w:rsidRPr="009D6CAD" w:rsidRDefault="00994D52" w:rsidP="00994D52">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
@@ -2358,432 +2686,847 @@
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Н</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">оябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00217F60" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-            <w:r>
+          <w:p w:rsidR="00217F60" w:rsidRPr="00D54270" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">День народного единства </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>01.11.</w:t>
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>05.11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00217F60" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="00994D52" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>150 лет со дня рождения русского адмирала А. В. Колчака</w:t>
+          <w:p w:rsidR="00217F60" w:rsidRPr="00D54270" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международный день энергосбережения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>16.11.</w:t>
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>Учителя истории</w:t>
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя географии, биологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00217F60" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">День памяти погибших при исполнении служебных обязанностей сотрудников органов внутренних дел России </w:t>
+          <w:p w:rsidR="00217F60" w:rsidRPr="00D54270" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>295 лет со дня рождения русского полководца А. В. Суворова (1730–1800)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>08.11</w:t>
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13.11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...20 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00217F60" w:rsidRPr="00994D52" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя истории</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00217F60" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">День Государственного герба Российской Федерации </w:t>
+          <w:p w:rsidR="00217F60" w:rsidRPr="00D54270" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День памяти погибших при исполнении служебных обязанностей сотрудников органов внутренних дел России </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>27.11</w:t>
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>08.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя обществознания</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00217F60" w:rsidTr="002C1428">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00217F60" w:rsidRPr="00D54270" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>215 лет со дня рождения русского хирурга Н. И. Пирогова (1810–1881)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10–11-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25.11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учитель биологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00217F60" w:rsidTr="002C1428">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00217F60" w:rsidRPr="00D54270" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День Государственного герба Российской Федерации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10–11-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя истории и обществознания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00217F60" w:rsidTr="002C1428">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00217F60" w:rsidRPr="00D54270" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международный день защиты информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10–11-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28.11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учитель информатики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00217F60" w:rsidTr="002C1428">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00217F60" w:rsidRPr="00D54270" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>145 лет со дня рождения русского поэта А. А. Блока (1880–1921)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10–11-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28.11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00217F60" w:rsidRDefault="00217F60" w:rsidP="00217F60">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя русского языка и литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00994D52" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00994D52" w:rsidRPr="00F92C1C" w:rsidRDefault="00994D52" w:rsidP="00994D52">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
@@ -2792,1068 +3535,1191 @@
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Д</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>екабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="006D1704" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">День Неизвестного солдата (03.12) </w:t>
+          <w:p w:rsidR="006D1704" w:rsidRPr="00D54270" w:rsidRDefault="006D1704" w:rsidP="006D1704">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День Неизвестного солдата </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="006D1704" w:rsidRDefault="006D1704" w:rsidP="006D1704">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="006D1704" w:rsidRDefault="006D1704" w:rsidP="006D1704">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>03.12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="006D1704" w:rsidRDefault="006D1704" w:rsidP="006D1704">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="006D1704" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Международный день инвалидов (03.12) </w:t>
+          <w:p w:rsidR="006D1704" w:rsidRPr="00D54270" w:rsidRDefault="006D1704" w:rsidP="006D1704">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международный день людей с ограниченными возможностями здоровья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="006D1704" w:rsidRDefault="006D1704" w:rsidP="006D1704">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="006D1704" w:rsidRDefault="006D1704" w:rsidP="006D1704">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>03.12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>Учителя обществознания</w:t>
+          <w:p w:rsidR="006D1704" w:rsidRDefault="006D1704" w:rsidP="006D1704">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя обществознания, биологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="006D1704" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...25 lines deleted...]
-              <w:t xml:space="preserve">России (05.12) </w:t>
+          <w:p w:rsidR="006D1704" w:rsidRPr="00D54270" w:rsidRDefault="006D1704" w:rsidP="006D1704">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День добровольца (волонтера) в России </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="006D1704" w:rsidRDefault="006D1704" w:rsidP="006D1704">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="006D1704" w:rsidRDefault="006D1704" w:rsidP="006D1704">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>05.12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="006D1704" w:rsidRPr="003C3631" w:rsidRDefault="006D1704" w:rsidP="006D1704">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя обществознания</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="006D1704" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">День Героев Отечества (09.12) </w:t>
+          <w:p w:rsidR="006D1704" w:rsidRPr="00D54270" w:rsidRDefault="006D1704" w:rsidP="006D1704">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День Героев Отечества  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="006D1704" w:rsidRDefault="006D1704" w:rsidP="006D1704">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="006D1704" w:rsidRDefault="006D1704" w:rsidP="006D1704">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09.12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="006D1704" w:rsidRPr="003C3631" w:rsidRDefault="006D1704" w:rsidP="006D1704">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учител</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>я истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="006D1704" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">День Конституции Российской Федерации (12.12) </w:t>
+          <w:p w:rsidR="006D1704" w:rsidRPr="00D54270" w:rsidRDefault="006D1704" w:rsidP="006D1704">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День прав человека</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="006D1704" w:rsidRDefault="006D1704" w:rsidP="006D1704">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>11.12.</w:t>
+          <w:p w:rsidR="006D1704" w:rsidRDefault="006D1704" w:rsidP="006D1704">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="006D1704" w:rsidRPr="003C3631" w:rsidRDefault="006D1704" w:rsidP="006D1704">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя обществознания</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="006D1704" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="00F77735" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>225 лет со дня рождения русского художника К.П. Брюллова.</w:t>
+          <w:p w:rsidR="006D1704" w:rsidRPr="00D54270" w:rsidRDefault="006D1704" w:rsidP="006D1704">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День Конституции Российской Федерации </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="006D1704" w:rsidRDefault="006D1704" w:rsidP="006D1704">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>23.12.</w:t>
+          <w:p w:rsidR="006D1704" w:rsidRDefault="006D1704" w:rsidP="006D1704">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12.12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>Учителя истории, ИЗО</w:t>
+          <w:p w:rsidR="006D1704" w:rsidRPr="003C3631" w:rsidRDefault="006D1704" w:rsidP="006D1704">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя обществознания</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="006D1704" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="00770149" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>315 лет со дня рождения российской императрицы Елизаветы Петровны</w:t>
+          <w:p w:rsidR="006D1704" w:rsidRPr="00D54270" w:rsidRDefault="006D1704" w:rsidP="006D1704">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100 лет со дня рождения российского композитора, народного артиста РСФСР В. Я. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шаинского</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1925—2017)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="006D1704" w:rsidRDefault="006D1704" w:rsidP="006D1704">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>29.12.</w:t>
+          <w:p w:rsidR="006D1704" w:rsidRDefault="006D1704" w:rsidP="006D1704">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12.12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...18 lines deleted...]
-              <w:t>я истории</w:t>
+          <w:p w:rsidR="006D1704" w:rsidRDefault="00F716BE" w:rsidP="006D1704">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D1704" w:rsidTr="002C1428">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006D1704" w:rsidRPr="00D54270" w:rsidRDefault="006D1704" w:rsidP="006D1704">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День государственных символов России</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006D1704" w:rsidRDefault="006D1704" w:rsidP="006D1704">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10–11-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006D1704" w:rsidRDefault="006D1704" w:rsidP="006D1704">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25.12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006D1704" w:rsidRDefault="006D1704" w:rsidP="006D1704">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00770149" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00770149" w:rsidRPr="006F1571" w:rsidRDefault="00770149" w:rsidP="00770149">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00AF3D55" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">День памяти жертв Холокоста </w:t>
+          <w:p w:rsidR="00AF3D55" w:rsidRPr="00D54270" w:rsidRDefault="00AF3D55" w:rsidP="00AF3D55">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>300 лет со дня официального открытия Академии наук в Санкт-Петербурге (1726)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00AF3D55" w:rsidRDefault="00AF3D55" w:rsidP="00AF3D55">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>27.01</w:t>
+          <w:p w:rsidR="00AF3D55" w:rsidRPr="006060D5" w:rsidRDefault="00AF3D55" w:rsidP="00AF3D55">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12.01.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00AF3D55" w:rsidRDefault="00AF3D55" w:rsidP="00AF3D55">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00AF3D55" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="00735FE5" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>230 лет со дня рождения русского драматурга, поэта и дипломата Александра Сергеевича Грибоедова</w:t>
+          <w:p w:rsidR="00AF3D55" w:rsidRPr="00D54270" w:rsidRDefault="00AF3D55" w:rsidP="00AF3D55">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День памяти жертв Холокоста. День полного освобождения </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>г.Ленинграда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от фашистской блокады </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00AF3D55" w:rsidRDefault="00AF3D55" w:rsidP="00AF3D55">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>15.01.</w:t>
+          <w:p w:rsidR="00AF3D55" w:rsidRDefault="00AF3D55" w:rsidP="00AF3D55">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>27.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...25 lines deleted...]
-              <w:t>литературы</w:t>
+          <w:p w:rsidR="00AF3D55" w:rsidRPr="003C3631" w:rsidRDefault="00AF3D55" w:rsidP="00AF3D55">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00AF3D55" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="00EB2D8C" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>165 лет со дня рождения русского писателя Антона Павловича Чехова</w:t>
+          <w:p w:rsidR="00AF3D55" w:rsidRPr="00D54270" w:rsidRDefault="00AF3D55" w:rsidP="00AF3D55">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>200 лет со дня рождения русского писателя М. Е. Салтыкова-Щедрина (1826–1889)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00AF3D55" w:rsidRDefault="00AF3D55" w:rsidP="00AF3D55">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>29.01.</w:t>
+          <w:p w:rsidR="00AF3D55" w:rsidRDefault="00AF3D55" w:rsidP="00AF3D55">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>27.01.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00AF3D55" w:rsidRPr="003C3631" w:rsidRDefault="00AF3D55" w:rsidP="00AF3D55">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя русского языка и</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3878,991 +4744,1356 @@
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00BD3885" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">День российской науки (08.02) </w:t>
+          <w:p w:rsidR="00BD3885" w:rsidRPr="00D54270" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День воинской славы России. День разгрома советскими войсками немецко-фашистских войск в Сталинградской битве (1943)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00BD3885" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>07.02.</w:t>
+          <w:p w:rsidR="00BD3885" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02.02.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>Учителя предметов естественно-научного цикла</w:t>
+          <w:p w:rsidR="00BD3885" w:rsidRPr="003C3631" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00BD3885" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">пределами Отечества (15.02) </w:t>
+          <w:p w:rsidR="00BD3885" w:rsidRPr="00D54270" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Всемирный день борьбы с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ненорматичной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> лексикой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00BD3885" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>14.02.</w:t>
+          <w:p w:rsidR="00BD3885" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>03.02.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>Учителя обществознания</w:t>
+          <w:p w:rsidR="00BD3885" w:rsidRPr="003C3631" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя русского языка и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00BD3885" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...25 lines deleted...]
-              <w:t>Интерактивные уроки родного русского языка</w:t>
+          <w:p w:rsidR="00BD3885" w:rsidRPr="00D54270" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День зимних видов спорта в России</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00BD3885" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>21.02.</w:t>
+          <w:p w:rsidR="00BD3885" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>06.02.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...25 lines deleted...]
-              <w:t>литературы</w:t>
+          <w:p w:rsidR="00BD3885" w:rsidRPr="003C3631" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя физической культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00BD3885" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="00EB2D8C" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>280 лет со дня рождения российского флотоводца, адмирала Федора Федоровича Ушакова</w:t>
+          <w:p w:rsidR="00BD3885" w:rsidRPr="00D54270" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>180 лет со дня рождения русского живописца В. Е. Маковского (1846–1920)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00BD3885" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="00F7471A" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>24.02.</w:t>
+          <w:p w:rsidR="00BD3885" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>09.02.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>Учителя истории</w:t>
+          <w:p w:rsidR="00BD3885" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> истории</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD3885" w:rsidTr="002C1428">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BD3885" w:rsidRPr="00D54270" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День российской науки (08.02) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BD3885" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10–11-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BD3885" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>09.02.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BD3885" w:rsidRPr="003C3631" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя предметов естественно-научного цикла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD3885" w:rsidTr="002C1428">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BD3885" w:rsidRPr="00D54270" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День памяти о россиянах, исполнявших служебный долг за пределами Отечества (15.02) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BD3885" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10–11-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BD3885" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13.02.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BD3885" w:rsidRPr="003C3631" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя обществознания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD3885" w:rsidTr="002C1428">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BD3885" w:rsidRPr="00D54270" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>195 лет со дня рождения русского писателя Н. С. Лескова (1831–1895)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BD3885" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10–11-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BD3885" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16.02.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BD3885" w:rsidRPr="003C3631" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя русского языка и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>литературы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD3885" w:rsidTr="002C1428">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BD3885" w:rsidRPr="00D54270" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международный день родного языка (21.02). Интерактивные уроки родного русского языка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BD3885" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10–11-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BD3885" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20.02.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BD3885" w:rsidRPr="003C3631" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя русского языка и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>литературы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD3885" w:rsidTr="002C1428">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BD3885" w:rsidRPr="00D54270" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День Арктики (28.02.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BD3885" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10–11-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BD3885" w:rsidRPr="00F7471A" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7471A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.02.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BD3885" w:rsidRPr="003C3631" w:rsidRDefault="00BD3885" w:rsidP="00BD3885">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учитель географии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EB2D8C" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00EB2D8C" w:rsidRPr="006D5AAC" w:rsidRDefault="00EB2D8C" w:rsidP="00EB2D8C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Март</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00F569C9" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>Неделя математики</w:t>
+          <w:p w:rsidR="00F569C9" w:rsidRPr="00D54270" w:rsidRDefault="00F569C9" w:rsidP="00F569C9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День искусственного интеллекта (ИИ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00F569C9" w:rsidRDefault="00F569C9" w:rsidP="00F569C9">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>17.03–21.03</w:t>
+          <w:p w:rsidR="00F569C9" w:rsidRDefault="00F569C9" w:rsidP="00F569C9">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13.03.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...26 lines deleted...]
-              <w:t>Председатель ШМО</w:t>
+          <w:p w:rsidR="00F569C9" w:rsidRPr="003C3631" w:rsidRDefault="00F569C9" w:rsidP="00F569C9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учитель информатики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00F569C9" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...25 lines deleted...]
-              <w:t xml:space="preserve">Россией (18.03) </w:t>
+          <w:p w:rsidR="00F569C9" w:rsidRPr="00D54270" w:rsidRDefault="00F569C9" w:rsidP="00F569C9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международный день рек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00F569C9" w:rsidRDefault="00F569C9" w:rsidP="00F569C9">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>18.03.</w:t>
+          <w:p w:rsidR="00F569C9" w:rsidRDefault="00F569C9" w:rsidP="00F569C9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13.03.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...18 lines deleted...]
-              <w:t> обществознания</w:t>
+          <w:p w:rsidR="00F569C9" w:rsidRDefault="00F569C9" w:rsidP="00F569C9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учитель географии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00F569C9" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...25 lines deleted...]
-              <w:t>юношества</w:t>
+          <w:p w:rsidR="00F569C9" w:rsidRPr="00D54270" w:rsidRDefault="00F569C9" w:rsidP="00F569C9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>170 лет со дня рождения русского художника М. А. Врубеля (1856—1910)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00F569C9" w:rsidRDefault="00F569C9" w:rsidP="00F569C9">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>24.03–28.03.</w:t>
+          <w:p w:rsidR="00F569C9" w:rsidRDefault="00F569C9" w:rsidP="00F569C9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17.03.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...134 lines deleted...]
-              <w:t>литературы</w:t>
+          <w:p w:rsidR="00F569C9" w:rsidRDefault="00F569C9" w:rsidP="00F569C9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учителя истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00790D10" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00790D10" w:rsidRPr="006D5AAC" w:rsidRDefault="00790D10" w:rsidP="00790D10">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
@@ -4871,647 +6102,761 @@
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>А</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">прель </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00AD7805" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">День космонавтики (12.04) </w:t>
+          <w:p w:rsidR="00AD7805" w:rsidRPr="00D54270" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>120 лет со дня рождения российского авиаконструктора, академика АН СССР А. С. Яковлева (1906–1989)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00AD7805" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>11.04.</w:t>
+          <w:p w:rsidR="00AD7805" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01.04.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>Учитель</w:t>
+          <w:p w:rsidR="00AD7805" w:rsidRPr="003C3631" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя</w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> физики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidRPr="008621CE" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00AD7805" w:rsidRPr="008621CE" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="008621CE" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>Международный день памятников и исторических мест</w:t>
+          <w:p w:rsidR="00AD7805" w:rsidRPr="00D54270" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День космонавтики (12.04) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00AD7805" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="008621CE" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>18.04.</w:t>
+          <w:p w:rsidR="00AD7805" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.04.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="008621CE" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...20 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00AD7805" w:rsidRPr="003C3631" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> физики</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00AD7805" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...12 lines deleted...]
-              <w:t> </w:t>
+          <w:p w:rsidR="00AD7805" w:rsidRPr="00D54270" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международный день памятников и исторических мест</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00AD7805" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>21.04.</w:t>
+          <w:p w:rsidR="00AD7805" w:rsidRPr="008621CE" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18.04.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003C3631">
+          <w:p w:rsidR="00AD7805" w:rsidRPr="008621CE" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008621CE">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя истории, обществознания</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00AD7805" w:rsidRPr="008621CE" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00AD7805" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>Всемирный день Земли</w:t>
+          <w:p w:rsidR="00AD7805" w:rsidRPr="00D54270" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День памяти о геноциде советского народа нацистами и их пособниками в годы ВОВ (19.04) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00AD7805" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00AD7805" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21.04.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00AD7805" w:rsidRPr="003C3631" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Учителя географии и</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t>Учителя истории, обществознания</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD7805" w:rsidRPr="003C3631" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00AD7805" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">День российского парламентаризма </w:t>
+          <w:p w:rsidR="00AD7805" w:rsidRPr="00D54270" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Всемирный день Земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00AD7805" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>28.04.</w:t>
+          <w:p w:rsidR="00AD7805" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21.04.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00AD7805" w:rsidRPr="003C3631" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Учителя обществознания</w:t>
+              <w:t>Учителя географии и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> биологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00AD7805" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="006D44B4" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>125 лет со дня рождения российского художника Юрия Алексеевича Васнецова.</w:t>
+          <w:p w:rsidR="00AD7805" w:rsidRPr="00D54270" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День российского парламентаризма </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00AD7805" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...11 lines deleted...]
-              <w:t>04.04.</w:t>
+          <w:p w:rsidR="00AD7805" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28.04.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00AD7805" w:rsidRPr="003C3631" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C3631">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя обществознания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD7805" w:rsidTr="002C1428">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00AD7805" w:rsidRPr="00D54270" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>340 лет со дня рождения русского историка, географа В. Н. Татищева (1686–1750)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00AD7805" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10–11-е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00AD7805" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30.04.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00AD7805" w:rsidRPr="003C3631" w:rsidRDefault="00AD7805" w:rsidP="00AD7805">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учителя истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA2A31" w:rsidTr="000D04F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
@@ -5532,500 +6877,252 @@
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>М</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="fontstyle01"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">ай </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00C8128F" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...18 lines deleted...]
-              <w:t>ного флага Российской Федерации</w:t>
+          <w:p w:rsidR="00C8128F" w:rsidRPr="00D54270" w:rsidRDefault="00C8128F" w:rsidP="00C8128F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День славянской письменности и культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00C8128F" w:rsidRDefault="00C8128F" w:rsidP="00C8128F">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00C8128F" w:rsidRDefault="00C8128F" w:rsidP="00C8128F">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22.05.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00C8128F" w:rsidRPr="003C3631" w:rsidRDefault="00C8128F" w:rsidP="00C8128F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Учителя истории и</w:t>
-[...16 lines deleted...]
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+              <w:t>Учителя русского языка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8128F" w:rsidRPr="003C3631" w:rsidRDefault="00C8128F" w:rsidP="00C8128F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
+      <w:tr w:rsidR="00C8128F" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...18 lines deleted...]
-              <w:t> культуры</w:t>
+          <w:p w:rsidR="00C8128F" w:rsidRPr="00D54270" w:rsidRDefault="00C8128F" w:rsidP="00C8128F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54270">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>120 лет со дня рождения российского хирурга, профессора, академика АМН СССР А. А. Вишневского (1874—1948)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="00C8128F" w:rsidRDefault="00C8128F" w:rsidP="00C8128F">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...5 lines deleted...]
-              <w:t>23.05.</w:t>
+          <w:p w:rsidR="00C8128F" w:rsidRDefault="00C8128F" w:rsidP="00C8128F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25.05.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRPr="003C3631" w:rsidRDefault="002C1428" w:rsidP="002C1428">
-[...237 lines deleted...]
-              <w:t>литературы</w:t>
+          <w:p w:rsidR="00C8128F" w:rsidRPr="003C3631" w:rsidRDefault="00C8128F" w:rsidP="00C8128F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя истории и биологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F14780" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
@@ -9726,68 +10823,75 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="002C1428" w:rsidRDefault="004C6C53" w:rsidP="002C1428">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>02.09.</w:t>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="002C1428">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.09.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -9842,68 +10946,75 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="002C1428" w:rsidRDefault="004C6C53" w:rsidP="002C1428">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>09.09.-15.09</w:t>
+              <w:t>01.09.-07</w:t>
+            </w:r>
+            <w:r w:rsidR="002C1428">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -10090,196 +11201,161 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>третье воскресенье октября (</w:t>
             </w:r>
-            <w:r w:rsidR="00D70660">
-[...4 lines deleted...]
-              <w:t>20.10.2024</w:t>
+            <w:r w:rsidR="004C6C53">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19.10.2025</w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>): День отца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Праздничный концерт, посвященный Дню учителя</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C3631">
-[...40 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="002C1428" w:rsidRDefault="004C6C53" w:rsidP="002C1428">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>04.10.</w:t>
+              <w:t>03</w:t>
+            </w:r>
+            <w:r w:rsidR="002C1428">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -10306,50 +11382,57 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Советник</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Актив школы «УМКА»</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD5AD3">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, педагог-организатор</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C1428" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -10558,56 +11641,56 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>последнее воскресенье ноября (</w:t>
             </w:r>
-            <w:r w:rsidR="00F90665">
-[...4 lines deleted...]
-              <w:t>24.11.2024</w:t>
+            <w:r w:rsidR="0013793F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30.11.2025</w:t>
             </w:r>
             <w:r w:rsidRPr="003C3631">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>): День матери;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F14780" w:rsidRDefault="00F14780" w:rsidP="00F14780">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="780" w:right="180"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -10674,68 +11757,75 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="002C1428" w:rsidRDefault="0013793F" w:rsidP="002C1428">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>22.11.</w:t>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidR="002C1428">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -11113,68 +12203,75 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
+          <w:p w:rsidR="002C1428" w:rsidRDefault="000A1CB7" w:rsidP="002C1428">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>23.12.-28.12.</w:t>
+              <w:t>29.12.-30</w:t>
+            </w:r>
+            <w:r w:rsidR="002C1428">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002C1428" w:rsidRDefault="002C1428" w:rsidP="002C1428">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -11776,141 +12873,161 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00535BA6" w:rsidRDefault="00535BA6" w:rsidP="00535BA6">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00535BA6" w:rsidRDefault="00535BA6" w:rsidP="00535BA6">
+          <w:p w:rsidR="00535BA6" w:rsidRDefault="00E7748E" w:rsidP="00535BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>21.02.</w:t>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00535BA6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.02.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00535BA6" w:rsidRDefault="00535BA6" w:rsidP="00535BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>советник, актив школы «УМКА», вожатый</w:t>
+              <w:t>совет</w:t>
+            </w:r>
+            <w:r w:rsidR="009F74E5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ник, актив школы «УМКА», педагог-организатор</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00535BA6" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00535BA6" w:rsidRDefault="00535BA6" w:rsidP="00535BA6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Конкурс социальной рекламы:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00535BA6" w:rsidRDefault="00535BA6" w:rsidP="00535BA6">
+          <w:p w:rsidR="00535BA6" w:rsidRDefault="00E7748E" w:rsidP="00535BA6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>10-11 классы – коррупция</w:t>
+              <w:t xml:space="preserve">10-11 классы – </w:t>
+            </w:r>
+            <w:r w:rsidR="00B970DA">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>защита семейных ценностей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00535BA6" w:rsidRDefault="00535BA6" w:rsidP="00535BA6">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -11932,67 +13049,81 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00535BA6" w:rsidRDefault="00535BA6" w:rsidP="00535BA6">
+          <w:p w:rsidR="00535BA6" w:rsidRDefault="00BD6C12" w:rsidP="00535BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Вожатая, советник, социальный педагог</w:t>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:r w:rsidR="009F74E5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организатор</w:t>
+            </w:r>
+            <w:r w:rsidR="00535BA6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, советник, социальный педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00535BA6" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00535BA6" w:rsidRDefault="00535BA6" w:rsidP="00535BA6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -12060,68 +13191,75 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00535BA6" w:rsidRDefault="00535BA6" w:rsidP="00535BA6">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00535BA6" w:rsidRDefault="00535BA6" w:rsidP="00535BA6">
+          <w:p w:rsidR="00535BA6" w:rsidRDefault="00BF32DE" w:rsidP="00535BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>24.02.-28.02.</w:t>
+              <w:t>16.02.-22</w:t>
+            </w:r>
+            <w:r w:rsidR="00535BA6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.02.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00535BA6" w:rsidRDefault="00535BA6" w:rsidP="00535BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -12325,100 +13463,123 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00535BA6" w:rsidRDefault="00535BA6" w:rsidP="00535BA6">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00535BA6" w:rsidRDefault="00535BA6" w:rsidP="00535BA6">
+          <w:p w:rsidR="00535BA6" w:rsidRDefault="00AD5AD3" w:rsidP="00535BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>07.03.</w:t>
+              <w:t>06</w:t>
+            </w:r>
+            <w:r w:rsidR="00535BA6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.03.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00535BA6" w:rsidRDefault="00535BA6" w:rsidP="00535BA6">
+          <w:p w:rsidR="00535BA6" w:rsidRDefault="00535BA6" w:rsidP="00AD5AD3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Заместитель директора, советник, актив школы «УМКА», вожатый </w:t>
+              <w:t xml:space="preserve">Заместитель директора, советник, актив школы «УМКА», </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD5AD3">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог-организатор</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00535BA6" w:rsidTr="002C1428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4534" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00535BA6" w:rsidRDefault="00535BA6" w:rsidP="00535BA6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -12437,68 +13598,68 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00535BA6" w:rsidRDefault="00535BA6" w:rsidP="00535BA6">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00535BA6" w:rsidRDefault="00535BA6" w:rsidP="00535BA6">
+          <w:p w:rsidR="00535BA6" w:rsidRDefault="00AD5AD3" w:rsidP="00535BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10.03.-14.03.</w:t>
+              <w:t>март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00535BA6" w:rsidRDefault="00535BA6" w:rsidP="00535BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -13005,58 +14166,51 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Конкурс защиты социальных проектов классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00535BA6" w:rsidRDefault="00535BA6" w:rsidP="00535BA6">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10</w:t>
-[...6 lines deleted...]
-              <w:t>-е</w:t>
+              <w:t>10-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00535BA6" w:rsidRDefault="00535BA6" w:rsidP="00535BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -13168,100 +14322,114 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="006D5E80" w:rsidRDefault="006D5E80" w:rsidP="006D5E80">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D5E80" w:rsidRDefault="006D5E80" w:rsidP="006D5E80">
+          <w:p w:rsidR="006D5E80" w:rsidRDefault="009F74E5" w:rsidP="006D5E80">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>05.05.-09.05.</w:t>
+              <w:t>04</w:t>
+            </w:r>
+            <w:r w:rsidR="006D5E80">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.05.-09.05.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="006D5E80" w:rsidRDefault="006D5E80" w:rsidP="006D5E80">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Заместитель директора, советник, актив школы «УМКА», вожатый</w:t>
+              <w:t>Заместитель директора, совет</w:t>
+            </w:r>
+            <w:r w:rsidR="009F74E5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ник, актив школы «УМКА», педагог-организатор</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00701E57" w:rsidTr="009D6CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00701E57" w:rsidRDefault="00701E57" w:rsidP="00701E57">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
@@ -23870,68 +25038,75 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00731E31" w:rsidRDefault="00731E31" w:rsidP="00731E31">
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10–11-е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00731E31" w:rsidRDefault="00731E31" w:rsidP="00731E31">
+          <w:p w:rsidR="00731E31" w:rsidRDefault="00AD5AD3" w:rsidP="00731E31">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>22.02.</w:t>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00731E31">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.02.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00731E31" w:rsidRDefault="00731E31" w:rsidP="00731E31">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -26550,52 +27725,50 @@
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="001E1A2E" w:rsidRDefault="001E1A2E" w:rsidP="001E1A2E">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:sectPr w:rsidR="001E1A2E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -29992,214 +31165,238 @@
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001E1A2E"/>
     <w:rsid w:val="00027722"/>
     <w:rsid w:val="00034CDC"/>
     <w:rsid w:val="00040F97"/>
     <w:rsid w:val="00041A5F"/>
     <w:rsid w:val="0005343C"/>
     <w:rsid w:val="00091AC0"/>
+    <w:rsid w:val="000A1CB7"/>
     <w:rsid w:val="000B2853"/>
     <w:rsid w:val="000D04F4"/>
     <w:rsid w:val="000E5A1A"/>
     <w:rsid w:val="001202F3"/>
+    <w:rsid w:val="0013793F"/>
     <w:rsid w:val="001553D6"/>
     <w:rsid w:val="001A0195"/>
     <w:rsid w:val="001D4E91"/>
     <w:rsid w:val="001E0778"/>
     <w:rsid w:val="001E1A2E"/>
     <w:rsid w:val="001E21D2"/>
     <w:rsid w:val="001F57FC"/>
     <w:rsid w:val="00211290"/>
+    <w:rsid w:val="00217F60"/>
     <w:rsid w:val="0023461A"/>
     <w:rsid w:val="0027405F"/>
     <w:rsid w:val="00282DB3"/>
+    <w:rsid w:val="002A388E"/>
     <w:rsid w:val="002B184D"/>
     <w:rsid w:val="002C1428"/>
     <w:rsid w:val="002D0A1B"/>
     <w:rsid w:val="002F241C"/>
     <w:rsid w:val="00307711"/>
     <w:rsid w:val="00316814"/>
     <w:rsid w:val="0032108D"/>
     <w:rsid w:val="003300E0"/>
     <w:rsid w:val="003A0549"/>
     <w:rsid w:val="003E6241"/>
     <w:rsid w:val="003F46F4"/>
     <w:rsid w:val="0044039A"/>
     <w:rsid w:val="00455B29"/>
     <w:rsid w:val="00482B99"/>
     <w:rsid w:val="00484DCD"/>
     <w:rsid w:val="004C0AF9"/>
+    <w:rsid w:val="004C6C53"/>
     <w:rsid w:val="004D20CC"/>
     <w:rsid w:val="004E4321"/>
     <w:rsid w:val="00507A78"/>
     <w:rsid w:val="00517775"/>
     <w:rsid w:val="00535BA6"/>
     <w:rsid w:val="005408B7"/>
     <w:rsid w:val="00543D4F"/>
     <w:rsid w:val="005527C8"/>
     <w:rsid w:val="00572C8E"/>
     <w:rsid w:val="00575395"/>
     <w:rsid w:val="005931AB"/>
     <w:rsid w:val="005B43E5"/>
     <w:rsid w:val="005C66AB"/>
     <w:rsid w:val="00611553"/>
     <w:rsid w:val="00623348"/>
+    <w:rsid w:val="006620D6"/>
     <w:rsid w:val="00667AED"/>
     <w:rsid w:val="00670E62"/>
     <w:rsid w:val="00694AD2"/>
     <w:rsid w:val="006C6A14"/>
+    <w:rsid w:val="006D1704"/>
     <w:rsid w:val="006D1980"/>
     <w:rsid w:val="006D44B4"/>
     <w:rsid w:val="006D5628"/>
     <w:rsid w:val="006D5AAC"/>
     <w:rsid w:val="006D5E80"/>
     <w:rsid w:val="006F1571"/>
     <w:rsid w:val="00701E57"/>
+    <w:rsid w:val="0071468E"/>
     <w:rsid w:val="00731E31"/>
     <w:rsid w:val="00735FE5"/>
     <w:rsid w:val="00770149"/>
     <w:rsid w:val="007817DF"/>
     <w:rsid w:val="007876EC"/>
     <w:rsid w:val="00790D10"/>
     <w:rsid w:val="007B5E62"/>
     <w:rsid w:val="007C52D0"/>
     <w:rsid w:val="007E1F6E"/>
     <w:rsid w:val="007E20AD"/>
+    <w:rsid w:val="007F510C"/>
     <w:rsid w:val="00810A59"/>
     <w:rsid w:val="00814C46"/>
     <w:rsid w:val="00843BAE"/>
     <w:rsid w:val="00850505"/>
     <w:rsid w:val="00853BAB"/>
     <w:rsid w:val="00855104"/>
     <w:rsid w:val="0085636C"/>
     <w:rsid w:val="00856F3E"/>
     <w:rsid w:val="008621CE"/>
     <w:rsid w:val="00874189"/>
     <w:rsid w:val="0089238C"/>
     <w:rsid w:val="00895DE2"/>
     <w:rsid w:val="008A2ED7"/>
     <w:rsid w:val="008D65F6"/>
     <w:rsid w:val="008E20ED"/>
     <w:rsid w:val="008F15A0"/>
     <w:rsid w:val="00924955"/>
     <w:rsid w:val="00942EC1"/>
     <w:rsid w:val="00947085"/>
     <w:rsid w:val="009530C2"/>
     <w:rsid w:val="00966EA2"/>
     <w:rsid w:val="00994D52"/>
     <w:rsid w:val="009A1E14"/>
     <w:rsid w:val="009C547A"/>
     <w:rsid w:val="009D6CAD"/>
     <w:rsid w:val="009D76DB"/>
     <w:rsid w:val="009E6143"/>
+    <w:rsid w:val="009F74E5"/>
     <w:rsid w:val="00A11EA7"/>
     <w:rsid w:val="00A37EBC"/>
     <w:rsid w:val="00A53476"/>
     <w:rsid w:val="00A71D36"/>
     <w:rsid w:val="00AC0BC6"/>
+    <w:rsid w:val="00AD5AD3"/>
+    <w:rsid w:val="00AD7805"/>
     <w:rsid w:val="00AE74B5"/>
     <w:rsid w:val="00AF0479"/>
+    <w:rsid w:val="00AF3D55"/>
     <w:rsid w:val="00B3213C"/>
     <w:rsid w:val="00B62DE8"/>
+    <w:rsid w:val="00B876DC"/>
+    <w:rsid w:val="00B970DA"/>
     <w:rsid w:val="00B9755E"/>
     <w:rsid w:val="00BA08EE"/>
+    <w:rsid w:val="00BA5C9D"/>
     <w:rsid w:val="00BB2718"/>
     <w:rsid w:val="00BC731A"/>
+    <w:rsid w:val="00BD3885"/>
+    <w:rsid w:val="00BD6C12"/>
+    <w:rsid w:val="00BF32DE"/>
     <w:rsid w:val="00C4022A"/>
     <w:rsid w:val="00C5178D"/>
     <w:rsid w:val="00C70EBE"/>
+    <w:rsid w:val="00C8128F"/>
     <w:rsid w:val="00CA1CFF"/>
     <w:rsid w:val="00CA2A31"/>
+    <w:rsid w:val="00CA6A00"/>
     <w:rsid w:val="00CD51B8"/>
     <w:rsid w:val="00D300CA"/>
     <w:rsid w:val="00D5466A"/>
     <w:rsid w:val="00D70660"/>
     <w:rsid w:val="00DC68CC"/>
     <w:rsid w:val="00DD7AEC"/>
     <w:rsid w:val="00DE089F"/>
     <w:rsid w:val="00E54494"/>
     <w:rsid w:val="00E56ECB"/>
+    <w:rsid w:val="00E7748E"/>
     <w:rsid w:val="00EB2D8C"/>
     <w:rsid w:val="00EC14B4"/>
     <w:rsid w:val="00EC51BF"/>
     <w:rsid w:val="00ED0234"/>
     <w:rsid w:val="00EF37EA"/>
     <w:rsid w:val="00EF457D"/>
     <w:rsid w:val="00F14780"/>
     <w:rsid w:val="00F37649"/>
+    <w:rsid w:val="00F569C9"/>
     <w:rsid w:val="00F6695F"/>
+    <w:rsid w:val="00F716BE"/>
     <w:rsid w:val="00F7471A"/>
     <w:rsid w:val="00F77735"/>
     <w:rsid w:val="00F77823"/>
     <w:rsid w:val="00F90665"/>
     <w:rsid w:val="00F92C1C"/>
     <w:rsid w:val="00FA2647"/>
     <w:rsid w:val="00FC4295"/>
     <w:rsid w:val="00FE01A9"/>
     <w:rsid w:val="00FE3C89"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0FAB2EBE"/>
+  <w14:docId w14:val="5E4D9C4C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BB869F12-AE72-4B26-90B5-34E8D15A79EE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
@@ -33427,51 +34624,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1790201183">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -33691,83 +34888,99 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47C27449-0559-4DFD-A558-874739CCF109}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>13</Pages>
-[...1 lines deleted...]
-  <Characters>18206</Characters>
+  <Pages>14</Pages>
+  <Words>3388</Words>
+  <Characters>19314</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>151</Lines>
-  <Paragraphs>42</Paragraphs>
+  <Lines>160</Lines>
+  <Paragraphs>45</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr>Календарный план воспитательной работы на 2024-2025 учебный год</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21357</CharactersWithSpaces>
+  <CharactersWithSpaces>22657</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Галина Николаевна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>